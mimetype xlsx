--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -8,81 +8,81 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1199525-B595-1246-8FDD-C791F6B6434B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9C85FCA-E714-0E41-8D2C-C27B9228C4BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6440" yWindow="1960" windowWidth="30340" windowHeight="18120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6440" yWindow="1960" windowWidth="30340" windowHeight="18120" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Linguistique" sheetId="7" r:id="rId1"/>
     <sheet name="Encyclopédies" sheetId="12" r:id="rId2"/>
     <sheet name="Dictionnaires multilingues" sheetId="8" r:id="rId3"/>
     <sheet name="Dictionnaires français" sheetId="1" r:id="rId4"/>
     <sheet name="Dictionnaires anglais" sheetId="2" r:id="rId5"/>
     <sheet name="Dictionnaires allemands" sheetId="3" r:id="rId6"/>
     <sheet name="Dictionnaires espagnols" sheetId="4" r:id="rId7"/>
     <sheet name="Dictionnaires italiens" sheetId="5" r:id="rId8"/>
     <sheet name="Dictionnaires grecs et latins" sheetId="9" r:id="rId9"/>
     <sheet name="Dictionnaires russes" sheetId="10" r:id="rId10"/>
     <sheet name="Dictionnaires polonais" sheetId="11" r:id="rId11"/>
     <sheet name="Autres langues" sheetId="6" r:id="rId12"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2272" uniqueCount="1467">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2277" uniqueCount="1471">
   <si>
     <t>Dictionnaires de langue française</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Dictionnaires linguistiques</t>
   </si>
   <si>
     <t>Dictionnaire terminologique de la systématique du langage</t>
   </si>
   <si>
     <t>1996 </t>
   </si>
   <si>
     <t>800 BOO</t>
   </si>
   <si>
     <t>2002 </t>
   </si>
   <si>
@@ -4439,50 +4439,62 @@
     <t>Un exemplaire dans le fonds Nouveau Commerce</t>
   </si>
   <si>
     <t>1968-1990 </t>
   </si>
   <si>
     <t>804.0 DEN</t>
   </si>
   <si>
     <t>1994-1996</t>
   </si>
   <si>
     <t>U 806.90 LIM</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>Pan'stwowe wydawnictwo naukowe, Warzawa</t>
+  </si>
+  <si>
+    <t>Dictionnaire de termes militaires français-espagnol, espagnol-français</t>
+  </si>
+  <si>
+    <t>HAURON Antoine</t>
+  </si>
+  <si>
+    <t>Imprimerie nationale, Paris</t>
+  </si>
+  <si>
+    <t>1974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Serif"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -5132,69 +5144,69 @@
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39097&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66473&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134684&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112967&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65525&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48741&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113206&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135259&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65524&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135256&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97245&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97295&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113211&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97413&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97474&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68771&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=131759&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113205&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121981&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60208&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=51315&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=131317&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52222&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102755&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20encyclop%C3%A9dique%20larousse&amp;count=100&amp;limit=location:FD" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52926&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60209&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42401&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2435&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20des%20racines" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72116&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18893&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20europ%C3%A9en%20de%20l%27%C3%A9conomie" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=96916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=96990&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18891&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18890&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43730&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55802&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12839&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55206&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14265&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6799&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20de%20l%27ancien%20fran%C3%A7ais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106802&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29312&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143469&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144982&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64324&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20des%20difficult%C3%A9s%20de%20la%20langue%20fran%C3%A7aise" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12881&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7104&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42191&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28730&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4292&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17083&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20des%20rimes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154982" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47395&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38534&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20des%20synonymes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4921&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8813&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102760&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40636&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=mots+mondes+dictionnaires&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29843&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2301&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18072&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20d%27orthographe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98003&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10915&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99663&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6424&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2234&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20de%20po%C3%A9tique%20et%20de%20rh%C3%A9torique" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17082&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=131841&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28731&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128583&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119261&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37625&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127473&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29982&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29111&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15211&amp;query_desc=kw%2Cwrdl%3A%20nouveau%20dictionnaire%20des%20difficult%C3%A9s%20du%20fran%C3%A7ais%20moderne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5831&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15051&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132619&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2270&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64607&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120718&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19035&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65088&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57320&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3485&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42399&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23910&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8900&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28732&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103567&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=126046&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6423&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4933&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20909&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49476&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144984&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72094&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2729&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2317&amp;query_desc=kw%2Cwrdl%3A%20cobuild%20english%20learners%20dictionary" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=kettridge+technical+dictionary&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11437&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20774&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14726&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4704&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104763&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39540&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123952&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23140&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4909&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13872&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61726&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2739&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+technique+scientifique+goursau&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106528&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72473&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2567&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15012&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2323&amp;query_desc=kw%2Cwrdl%3A%20webster%27s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18113&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24247&amp;query_desc=kw%2Cwrdl%3A%20Mcfarland" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16914&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18898&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15151&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8252&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20427&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55644&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41762&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99935&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13874&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11058&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47148&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71878&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102963&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72130&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18896&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144947&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72097&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71446&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8253&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16026&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2326&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134039&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18115&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4982&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99938&amp;query_desc=kw%2Cwrdl%3A%20hachette%20et%20oxford" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2321&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5545&amp;query_desc=kw%2Cwrdl%3A%20Steer%20M." TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71877&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71875&amp;query_desc=kw%2Cwrdl%3A%20jargon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16082&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19983&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26071&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17982&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72121&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56575&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5414&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18899&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13871&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72123&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72098&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4369&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143859&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53677&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72494&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118391&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13315&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61604&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8986&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18894&amp;query_desc=kw%2Cwrdl%3A%20l%27anglais%20du%20technicien" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102960&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2340&amp;query_desc=kw%2Cwrdl%3A%20roget%27s%20thesaurus" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16834&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23090&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24315&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72498&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16447&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99936&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13870&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102957&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23073&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102958&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56971&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72474&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55798&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15011&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4998&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72499&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14361&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144948&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11201&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9547&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23252&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18592&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72115&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28464&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14876&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20443&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20485&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2324&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24201&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14880&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16859&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153239&amp;query_desc=kw%2Cwrdl%3A%20vocabulaire%20thematique%20monde%20aujourd%27hui" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108394&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40682&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102959&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72096&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24256&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18946&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71882&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20469&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99172&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9315&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38821&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114118&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14936&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19120&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103584&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122540&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123607&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99177&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99169&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99180&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103432&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103587&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99358&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117683&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3413&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103436&amp;query_desc=kw%2Cwrdl%3A%20wahrig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11008&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=33226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19952&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18589&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103435&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99174&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99178&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16698&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2327&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122855&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5474&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21571&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99170&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14935&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19118&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110840&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58404&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38795&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99168&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55601&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56734&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45900&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20technique" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23247&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41876&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26898&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11495&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26896&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41761&amp;query_desc=kw%2Cwrdl%3A%20pequeno" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56399&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3724&amp;query_desc=kw%2Cwrdl%3A%20fernando" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=125149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9147&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12372&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41867&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23248&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56734&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45900&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20technique" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23247&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41876&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26898&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11495&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26896&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41761&amp;query_desc=kw%2Cwrdl%3A%20pequeno" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166257&amp;query_desc=kw%2Cwrdl%3A%20117317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56399&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3724&amp;query_desc=kw%2Cwrdl%3A%20fernando" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=125149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9147&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12372&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41867&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23248&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107564&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15502&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15566&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31872&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2297&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15508&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6386&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19119&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20fran%C3%A7ais%20grec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1787&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31860&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28456&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10974&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7045&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71876&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+etymologique+langue+grecque&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102768&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111978&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134190&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38180&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2300&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66554&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2237&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70884&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15604&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20993&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67703&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66553&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43780&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62202&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A07B59BA-3099-8249-A59E-F337C69E0A3B}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G16"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="5" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="5" customWidth="1"/>
     <col min="3" max="3" width="39" style="5" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="5" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="38.1640625" style="5" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
       <c r="A1" s="56" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="56"/>
       <c r="C1" s="56"/>
       <c r="D1" s="56"/>
       <c r="E1" s="56"/>
     </row>
     <row r="3" spans="1:7" s="4" customFormat="1" ht="32">
       <c r="A3" s="1" t="s">
@@ -13254,54 +13266,54 @@
     <hyperlink ref="A45" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114118&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{98F35C12-4124-664B-8DC9-49BA2CFFE15A}"/>
     <hyperlink ref="A46" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{78BB4288-9753-D545-BA98-095DF9531862}"/>
     <hyperlink ref="A51" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103436&amp;query_desc=kw%2Cwrdl%3A%20wahrig" xr:uid="{52BA88F0-A7D9-DA4E-93DF-5D93F1BEC4AA}"/>
     <hyperlink ref="A52" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A2980D97-DA05-9146-8565-AC99C1BEFC35}"/>
     <hyperlink ref="A50" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14935&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B455B7F9-67AD-CC40-B5A0-FFB97F5C5F87}"/>
     <hyperlink ref="A39" r:id="rId47" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6F6CC1E6-66AE-B244-B640-D6B41B7EA6A8}"/>
     <hyperlink ref="A40" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{16E73F27-FCD6-BE4E-B6C0-45CC0EAFC0A9}"/>
     <hyperlink ref="A41" r:id="rId49" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55601&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DA6294BF-60A6-2643-9795-7218A3F8EB15}"/>
     <hyperlink ref="A49" r:id="rId50" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14936&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4C373528-8B97-904D-9312-E5411D56A988}"/>
     <hyperlink ref="A38" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2327&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{79183D87-170D-8048-8BE7-9D8D90789AD1}"/>
     <hyperlink ref="A56" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11008&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{53086496-7394-FE4E-9050-BA96B7F483D2}"/>
     <hyperlink ref="A57" r:id="rId53" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103587&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{17AF5BD8-8394-BD4B-AA98-2F3F25FFA2F6}"/>
     <hyperlink ref="A59" r:id="rId54" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19118&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E7B24089-5C3E-EB45-9CCF-D7D590181B95}"/>
     <hyperlink ref="A65" r:id="rId55" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19120&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{330FF0A3-B571-FD4E-A034-BF77C42BB65C}"/>
     <hyperlink ref="A66" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2093FF96-ADEC-BA4A-8899-7F15814F7B78}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:G54"/>
+  <dimension ref="A1:G55"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView tabSelected="1" topLeftCell="A33" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="B61" sqref="B61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="5" customWidth="1"/>
     <col min="2" max="2" width="48.83203125" style="5" customWidth="1"/>
     <col min="3" max="3" width="37.6640625" style="5" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="5" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="28.33203125" style="5" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
       <c r="A1" s="56" t="s">
         <v>240</v>
       </c>
       <c r="B1" s="56"/>
       <c r="C1" s="56"/>
       <c r="D1" s="56"/>
       <c r="E1" s="56"/>
     </row>
     <row r="3" spans="1:7" s="4" customFormat="1" ht="32">
       <c r="A3" s="1" t="s">
         <v>1</v>
@@ -13898,221 +13910,239 @@
         <v>255</v>
       </c>
       <c r="E44" s="25" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="16">
       <c r="A45" s="24" t="s">
         <v>257</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>258</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>266</v>
       </c>
       <c r="D45" s="11" t="s">
         <v>107</v>
       </c>
       <c r="E45" s="25" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="16">
       <c r="A46" s="24" t="s">
-        <v>1240</v>
+        <v>1467</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>1260</v>
+        <v>1468</v>
       </c>
       <c r="C46" s="10" t="s">
-        <v>483</v>
+        <v>1469</v>
       </c>
       <c r="D46" s="11" t="s">
-        <v>227</v>
+        <v>1470</v>
       </c>
       <c r="E46" s="25" t="s">
-        <v>1241</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="16">
       <c r="A47" s="24" t="s">
-        <v>260</v>
+        <v>1240</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>261</v>
+        <v>1260</v>
       </c>
       <c r="C47" s="10" t="s">
-        <v>175</v>
+        <v>483</v>
       </c>
       <c r="D47" s="11" t="s">
-        <v>5</v>
+        <v>227</v>
       </c>
       <c r="E47" s="25" t="s">
-        <v>262</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="16">
       <c r="A48" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>261</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E48" s="25" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="16">
+      <c r="A49" s="24" t="s">
         <v>1258</v>
       </c>
-      <c r="B48" s="9" t="s">
+      <c r="B49" s="9" t="s">
         <v>1234</v>
       </c>
-      <c r="C48" s="10" t="s">
+      <c r="C49" s="10" t="s">
         <v>1259</v>
       </c>
-      <c r="D48" s="11">
+      <c r="D49" s="11">
         <v>1988</v>
       </c>
-      <c r="E48" s="25" t="s">
+      <c r="E49" s="25" t="s">
         <v>1235</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="17" thickBot="1">
-      <c r="A49" s="15" t="s">
+    <row r="50" spans="1:5" ht="17" thickBot="1">
+      <c r="A50" s="15" t="s">
         <v>1244</v>
       </c>
-      <c r="B49" s="16" t="s">
+      <c r="B50" s="16" t="s">
         <v>1263</v>
       </c>
-      <c r="C49" s="17" t="s">
+      <c r="C50" s="17" t="s">
         <v>186</v>
       </c>
-      <c r="D49" s="18" t="s">
+      <c r="D50" s="18" t="s">
         <v>444</v>
       </c>
-      <c r="E49" s="19" t="s">
+      <c r="E50" s="19" t="s">
         <v>1198</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A51" s="12" t="s">
+    <row r="51" spans="1:5" ht="14" thickBot="1"/>
+    <row r="52" spans="1:5" ht="14">
+      <c r="A52" s="12" t="s">
         <v>1272</v>
       </c>
-      <c r="B51" s="13"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B52" s="13"/>
+      <c r="C52" s="13"/>
+      <c r="D52" s="22"/>
+      <c r="E52" s="23"/>
     </row>
     <row r="53" spans="1:5" ht="16">
       <c r="A53" s="24" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B53" s="9" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D53" s="11">
+        <v>1958</v>
+      </c>
+      <c r="E53" s="25" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="16">
+      <c r="A54" s="24" t="s">
         <v>1252</v>
       </c>
-      <c r="B53" s="9" t="s">
+      <c r="B54" s="9" t="s">
         <v>1265</v>
       </c>
-      <c r="C53" s="10" t="s">
+      <c r="C54" s="10" t="s">
         <v>1266</v>
       </c>
-      <c r="D53" s="11">
+      <c r="D54" s="11">
         <v>1957</v>
       </c>
-      <c r="E53" s="25" t="s">
+      <c r="E54" s="25" t="s">
         <v>1462</v>
       </c>
     </row>
-    <row r="54" spans="1:5" ht="17" thickBot="1">
-      <c r="A54" s="15" t="s">
+    <row r="55" spans="1:5" ht="17" thickBot="1">
+      <c r="A55" s="15" t="s">
         <v>1248</v>
       </c>
-      <c r="B54" s="16" t="s">
+      <c r="B55" s="16" t="s">
         <v>1249</v>
       </c>
-      <c r="C54" s="17" t="s">
+      <c r="C55" s="17" t="s">
         <v>1053</v>
       </c>
-      <c r="D54" s="18" t="s">
+      <c r="D55" s="18" t="s">
         <v>1250</v>
       </c>
-      <c r="E54" s="19" t="s">
+      <c r="E55" s="19" t="s">
         <v>1251</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A30" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26896&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{56A0971B-751E-E14B-A474-6ED3B14597F1}"/>
     <hyperlink ref="A9" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9EA605DA-C048-8340-9A43-4B8DB8936AD9}"/>
     <hyperlink ref="A41" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D2B6C981-FD55-3548-B0C4-4CD6B2710FC8}"/>
     <hyperlink ref="A13" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9147&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AF64DCF4-AFE7-A44C-BE89-63996D54E849}"/>
     <hyperlink ref="A44" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{05BC7857-F3F9-904C-8BD5-96BE35BACD0D}"/>
     <hyperlink ref="A45" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2BD2EFE7-7CBF-7943-AE88-87590C0BE21D}"/>
-    <hyperlink ref="A47" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45900&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EA63923C-0183-8E4A-BED8-DEF310D1FBB0}"/>
+    <hyperlink ref="A48" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45900&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EA63923C-0183-8E4A-BED8-DEF310D1FBB0}"/>
     <hyperlink ref="A7" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7FB0A343-2627-9149-BDD8-A9653615080C}"/>
     <hyperlink ref="A10" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12372&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{195312BB-55F3-1C4C-9DE0-C5D3690D818B}"/>
     <hyperlink ref="A8" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=125149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{194D31CF-6218-CE4D-8D1F-7B45E93BA9D6}"/>
     <hyperlink ref="A11" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{31360BF8-A660-5648-9AE0-E52ED0EB2BA0}"/>
     <hyperlink ref="A17" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{51FC5DFC-1BED-5E47-BB70-FE519C18F7BC}"/>
     <hyperlink ref="A12" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EF419697-E575-344C-A998-7561EC1CDB05}"/>
     <hyperlink ref="A16" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BD79DE68-736A-2B42-ACE6-825A60A8697B}"/>
     <hyperlink ref="A6" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{21EC2FAE-4685-8746-9BD6-715587541EC1}"/>
     <hyperlink ref="A15" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11495&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C58CB47A-4AF6-7345-A9D9-222E96CD3AF7}"/>
     <hyperlink ref="A29" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20technique" xr:uid="{D4BA562C-AB16-6B41-8387-2DECDC814A2B}"/>
     <hyperlink ref="A35" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56734&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{39C2D806-A38B-E148-BDFB-29A4E77461E5}"/>
     <hyperlink ref="A27" r:id="rId19" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3D34C692-2F10-1443-A2B8-1CA450499185}"/>
     <hyperlink ref="A28" r:id="rId20" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{656934D6-5DBA-4E42-9968-39C74068130B}"/>
     <hyperlink ref="A25" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DF7E7044-3BBB-7243-97F1-E548D9CC0B6D}"/>
     <hyperlink ref="A14" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41867&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8DABC013-8705-F349-B407-0E3F87855F81}"/>
     <hyperlink ref="A32" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56399&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{011FD44D-0739-7245-93B0-2C8B6A78CD74}"/>
     <hyperlink ref="A26" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45ED8555-C387-4D41-8E2F-69BD97679A27}"/>
     <hyperlink ref="A33" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23247&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8D4B6B6E-B990-8741-ABD3-1D2EB9C2AE66}"/>
     <hyperlink ref="A31" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8ABE2745-7EA4-4B4B-9742-DD6AE8C164ED}"/>
     <hyperlink ref="A34" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23248&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D9AC47AE-7F09-4A44-AEC1-D3572C2E31E3}"/>
     <hyperlink ref="A22" r:id="rId28" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3724&amp;query_desc=kw%2Cwrdl%3A%20fernando" xr:uid="{1D4CB843-1DC2-E747-8300-FE26CCD68D04}"/>
-    <hyperlink ref="A48" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6C4A06CF-F384-9540-A49E-D1EA9B987171}"/>
+    <hyperlink ref="A49" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6C4A06CF-F384-9540-A49E-D1EA9B987171}"/>
     <hyperlink ref="A40" r:id="rId30" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{72951D71-C2E2-364E-BF91-D20DB55FE6D5}"/>
     <hyperlink ref="A21" r:id="rId31" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{914323BF-4930-5E42-AD65-604689084224}"/>
-    <hyperlink ref="A46" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4D2236E6-D6DE-DA43-8B59-606E4DD4D0F0}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A49" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{62AF58A4-154D-A447-90A6-E2C0AA7424CF}"/>
+    <hyperlink ref="A47" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4D2236E6-D6DE-DA43-8B59-606E4DD4D0F0}"/>
+    <hyperlink ref="A53" r:id="rId33" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41876&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8306EC94-F572-C146-946B-38BD5D48E212}"/>
+    <hyperlink ref="A50" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{62AF58A4-154D-A447-90A6-E2C0AA7424CF}"/>
     <hyperlink ref="A18" r:id="rId35" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3D12987D-7FD5-804F-A695-A8F4D8DDD370}"/>
-    <hyperlink ref="A54" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E9AFA907-8628-D24A-A249-5672C60DFB70}"/>
-    <hyperlink ref="A53" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41761&amp;query_desc=kw%2Cwrdl%3A%20pequeno" xr:uid="{8906446A-43A1-CB43-BF4E-46558D90081A}"/>
+    <hyperlink ref="A55" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40721&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E9AFA907-8628-D24A-A249-5672C60DFB70}"/>
+    <hyperlink ref="A54" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41761&amp;query_desc=kw%2Cwrdl%3A%20pequeno" xr:uid="{8906446A-43A1-CB43-BF4E-46558D90081A}"/>
     <hyperlink ref="A39" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26898&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1627A189-E521-E746-B10D-33C076F91696}"/>
     <hyperlink ref="A38" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9399D7A6-1B97-264A-8A92-E7D8DE332F8D}"/>
+    <hyperlink ref="A46" r:id="rId40" xr:uid="{1EF5C781-4E7C-9D45-A534-F5D9194FC387}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="5" customWidth="1"/>
     <col min="2" max="2" width="48.83203125" style="5" customWidth="1"/>
     <col min="3" max="3" width="37.83203125" style="5" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="5" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="28.1640625" style="5" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="5"/>