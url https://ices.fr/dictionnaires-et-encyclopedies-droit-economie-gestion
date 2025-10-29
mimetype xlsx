--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5216421-8EA4-084A-B9A7-7CDDF74C6D94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94E0447C-5501-A044-9F30-FD03D099056F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="560" yWindow="3360" windowWidth="29720" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1020" yWindow="3360" windowWidth="29720" windowHeight="21100" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Droit" sheetId="7" r:id="rId1"/>
     <sheet name="Economie" sheetId="8" r:id="rId2"/>
     <sheet name="Science militaire" sheetId="9" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="328">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Éditeur</t>
   </si>
   <si>
     <t>R. Laffont, Paris</t>
   </si>
   <si>
     <t>Larousse, Paris</t>
   </si>
   <si>
     <t>Ellipses, Paris</t>
   </si>
   <si>
     <t>Presses universitaires de France, Paris</t>
   </si>
   <si>
     <t>A. Colin, Paris</t>
   </si>
   <si>
@@ -986,50 +986,68 @@
     <t>2024</t>
   </si>
   <si>
     <t>355 POR</t>
   </si>
   <si>
     <t>BONNET Vincent</t>
   </si>
   <si>
     <t>347.2 BON</t>
   </si>
   <si>
     <t>Dictionnaire culturel de la mer et de la marine</t>
   </si>
   <si>
     <t>AMBROGI Pascal</t>
   </si>
   <si>
     <t>Honoré Champion, Paris</t>
   </si>
   <si>
     <t>359 AMB</t>
   </si>
   <si>
     <t>Lefebvre Dalloz, Paris</t>
+  </si>
+  <si>
+    <t>BERGERON Louis, BERSTEIN Serge</t>
+  </si>
+  <si>
+    <t>Dictionnaire de termes militaires français-espagnol, espagnol-français</t>
+  </si>
+  <si>
+    <t>HAURON Antoine</t>
+  </si>
+  <si>
+    <t>Imprimerie nationale, Paris</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>U 806.0-3 DIC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1526,61 +1544,61 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154897&amp;query_desc=kw%2Cwrdl%3A%20114270" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163684" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158958" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159692" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20droit%20constitutionnel%20villiers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=referis&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160274" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+encyclop%C3%A9dique+de+finances+publiques+philip&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113886&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162330&amp;query_desc=kw%2Cwrdl%3A%20Dictionnaire%20des%20sciences%20%C3%A9conomiques" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153796" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=encyclop%C3%A9die+%C3%A9conomique+xavier+greffe&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20d%27histoire%20maritime&amp;count=100&amp;limit=au:Verg%C3%A9-Franceschi,%20Michel" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163690" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20d%27histoire%20maritime&amp;count=100&amp;limit=au:Verg%C3%A9-Franceschi,%20Michel" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166257&amp;query_desc=kw%2Cwrdl%3A%20117317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163690" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F85"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView topLeftCell="A37" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A56" sqref="A56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
       <c r="A1" s="30" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
@@ -2753,51 +2771,51 @@
     <hyperlink ref="A82" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CAEB7EFB-7E65-B941-AD71-45371366E41F}"/>
     <hyperlink ref="A85" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C45BADC3-B7FA-7B4D-963A-9603EE23FEF0}"/>
     <hyperlink ref="A11" r:id="rId47" xr:uid="{FDBCDAA3-43DB-CD45-9043-3C513F8A475A}"/>
     <hyperlink ref="A15" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{21AC3E01-4113-3543-B55A-DF9E2266B18A}"/>
     <hyperlink ref="A78" r:id="rId49" xr:uid="{93C11BF5-48AB-534E-8B00-1117D468B492}"/>
     <hyperlink ref="A76" r:id="rId50" xr:uid="{0FDCCC93-1329-AA47-80DB-B5F5559D8680}"/>
     <hyperlink ref="A51" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9F31A683-F8D1-A44A-AFC6-32ABAF22C28A}"/>
     <hyperlink ref="A53" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3DBA5D8C-FCA7-194F-8F4C-5348A9D8B361}"/>
     <hyperlink ref="A56" r:id="rId53" xr:uid="{8B01B884-3707-854E-862D-BC86C35668B0}"/>
     <hyperlink ref="A54" r:id="rId54" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8B7246E9-38AE-3C45-B924-6778713078EA}"/>
     <hyperlink ref="A52" r:id="rId55" xr:uid="{34D136FE-A531-D042-B387-96C2911D38CF}"/>
     <hyperlink ref="A55" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F8A7495-D473-9342-AD9A-131D674D7E89}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DBB0EE8-BB5B-F744-A1E4-29D17CD445F2}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A31" sqref="A31:XFD33"/>
+      <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
       <c r="A1" s="30" t="s">
         <v>192</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
@@ -3054,51 +3072,53 @@
       </c>
       <c r="C20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="18">
         <v>1989</v>
       </c>
       <c r="E20" s="21" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="14" thickBot="1"/>
     <row r="22" spans="1:5" ht="14">
       <c r="A22" s="24" t="s">
         <v>212</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="25"/>
       <c r="D22" s="26"/>
       <c r="E22" s="27"/>
     </row>
     <row r="23" spans="1:5" ht="29">
       <c r="A23" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="B23" s="6"/>
+      <c r="B23" s="6" t="s">
+        <v>322</v>
+      </c>
       <c r="C23" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="8">
         <v>1987</v>
       </c>
       <c r="E23" s="20" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="16">
       <c r="A24" s="12" t="s">
         <v>214</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>215</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="8">
         <v>2012</v>
       </c>
       <c r="E24" s="20" t="s">
         <v>216</v>
@@ -3250,54 +3270,54 @@
     <hyperlink ref="A18" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F3B5C1E-9D8B-8A45-AE93-9E3E39C7E22F}"/>
     <hyperlink ref="A19" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{03CCA94E-54FC-8E41-BD6D-DB86CC7B732A}"/>
     <hyperlink ref="A20" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45A0D361-C33A-9B4D-9FA5-2F933D26AE86}"/>
     <hyperlink ref="A23" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C0AF51DE-6DBA-6D4E-A22F-3F748FA7C591}"/>
     <hyperlink ref="A24" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4B5B5AAA-DDA3-964A-8530-ED98F4CA0B4F}"/>
     <hyperlink ref="A25" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2244B97A-0024-014C-ACB0-7A75C745C00F}"/>
     <hyperlink ref="A29" r:id="rId13" xr:uid="{CA669ABA-7887-714E-9F66-324540E5FB00}"/>
     <hyperlink ref="A28" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A3DCF3E0-10E1-6A44-B553-63BF11386ED7}"/>
     <hyperlink ref="A32" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E3932E47-2842-1042-B222-E6B94174A35F}"/>
     <hyperlink ref="A33" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AFFCAF03-2C1F-334E-A8A8-11A9C8BD2D3E}"/>
     <hyperlink ref="A36" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F0B4ACD9-D364-524B-B4D3-4787B445860D}"/>
     <hyperlink ref="A17" r:id="rId18" display="Dictionnaire économique et social : 100 articles thématiques, 1500 définitions" xr:uid="{27C51F4F-C186-1448-AFF1-364C8A5AF0E4}"/>
     <hyperlink ref="A16" r:id="rId19" xr:uid="{7630D343-46D2-E940-BA17-EA4DEF4739D1}"/>
     <hyperlink ref="A6" r:id="rId20" xr:uid="{2E928F63-E03A-8B41-9EB8-D0BD86B192F1}"/>
     <hyperlink ref="A9" r:id="rId21" xr:uid="{F15AB0CA-D745-BF42-B1F3-36E29F9E3598}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0ADDA7D-4B01-C849-97C9-C310C123EB45}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:E15"/>
+  <dimension ref="A1:E16"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B24" sqref="B24"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
       <c r="A1" s="30" t="s">
         <v>289</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
@@ -3422,116 +3442,134 @@
       </c>
       <c r="D11" s="8">
         <v>2017</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="29">
       <c r="A12" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>255</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D12" s="8">
         <v>1945</v>
       </c>
       <c r="E12" s="20" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="29">
+    <row r="13" spans="1:5" ht="16">
       <c r="A13" s="12" t="s">
+        <v>323</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="29">
+      <c r="A14" s="12" t="s">
         <v>310</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B14" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="C14" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D14" s="8" t="s">
         <v>313</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="E14" s="20" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="16">
-      <c r="A14" s="12" t="s">
+    <row r="15" spans="1:5" ht="16">
+      <c r="A15" s="12" t="s">
         <v>266</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B15" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="C15" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="D14" s="8">
+      <c r="D15" s="8">
         <v>1989</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E15" s="20" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="17" thickBot="1">
-      <c r="A15" s="16" t="s">
+    <row r="16" spans="1:5" ht="17" thickBot="1">
+      <c r="A16" s="16" t="s">
         <v>269</v>
       </c>
-      <c r="B15" s="17" t="s">
+      <c r="B16" s="17" t="s">
         <v>270</v>
       </c>
-      <c r="C15" s="19" t="s">
+      <c r="C16" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="D15" s="18">
+      <c r="D16" s="18">
         <v>2002</v>
       </c>
-      <c r="E15" s="21" t="s">
+      <c r="E16" s="21" t="s">
         <v>271</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3C1030F2-BC41-724D-B459-9F7EE3AF300F}"/>
     <hyperlink ref="A12" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C5B62C9F-6857-4842-8E95-25B964230032}"/>
     <hyperlink ref="A7" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FA9E8676-AEE7-2249-B693-A0A339D8A106}"/>
     <hyperlink ref="A8" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D02F1E8B-D105-AE48-BF29-6B9627A3E860}"/>
     <hyperlink ref="A9" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CE909E40-B359-A945-A551-2E85F1BFBF9A}"/>
     <hyperlink ref="A11" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4243B49B-B7B4-F141-8DEF-7BD9B5B8CE68}"/>
-    <hyperlink ref="A14" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6B76F12A-B663-C24F-9D89-D488C3546F0B}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A13" r:id="rId9" xr:uid="{2248DB73-A97A-A54D-A1FD-8C7A56C45051}"/>
+    <hyperlink ref="A15" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6B76F12A-B663-C24F-9D89-D488C3546F0B}"/>
+    <hyperlink ref="A16" r:id="rId8" xr:uid="{6FBE0A40-39EF-9F45-8704-12B81BC0D48F}"/>
+    <hyperlink ref="A14" r:id="rId9" xr:uid="{2248DB73-A97A-A54D-A1FD-8C7A56C45051}"/>
     <hyperlink ref="A6" r:id="rId10" xr:uid="{FD397FA4-82B1-8F40-85D3-6D180B412F33}"/>
+    <hyperlink ref="A13" r:id="rId11" xr:uid="{6254A59A-69C8-EE4C-8290-9E783B962ACC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Droit</vt:lpstr>
       <vt:lpstr>Economie</vt:lpstr>
       <vt:lpstr>Science militaire</vt:lpstr>