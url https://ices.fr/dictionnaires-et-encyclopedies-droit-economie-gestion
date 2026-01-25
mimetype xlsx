--- v1 (2025-10-29)
+++ v2 (2026-01-25)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11102"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94E0447C-5501-A044-9F30-FD03D099056F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C88EDC54-D384-DB48-BB70-7A9F33B024F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1020" yWindow="3360" windowWidth="29720" windowHeight="21100" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1020" yWindow="3360" windowWidth="29720" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Droit" sheetId="7" r:id="rId1"/>
     <sheet name="Economie" sheetId="8" r:id="rId2"/>
     <sheet name="Science militaire" sheetId="9" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="336">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Éditeur</t>
   </si>
   <si>
     <t>R. Laffont, Paris</t>
   </si>
   <si>
     <t>Larousse, Paris</t>
   </si>
   <si>
     <t>Ellipses, Paris</t>
   </si>
   <si>
     <t>Presses universitaires de France, Paris</t>
   </si>
   <si>
     <t>A. Colin, Paris</t>
   </si>
   <si>
@@ -1004,50 +1004,74 @@
     <t>Honoré Champion, Paris</t>
   </si>
   <si>
     <t>359 AMB</t>
   </si>
   <si>
     <t>Lefebvre Dalloz, Paris</t>
   </si>
   <si>
     <t>BERGERON Louis, BERSTEIN Serge</t>
   </si>
   <si>
     <t>Dictionnaire de termes militaires français-espagnol, espagnol-français</t>
   </si>
   <si>
     <t>HAURON Antoine</t>
   </si>
   <si>
     <t>Imprimerie nationale, Paris</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>U 806.0-3 DIC</t>
+  </si>
+  <si>
+    <t>Droit de la sécurité nationale</t>
+  </si>
+  <si>
+    <t>Dictionnaire du droit de la sécurité intérieure</t>
+  </si>
+  <si>
+    <t>GOHIN Olivier, LATOUR Xavier</t>
+  </si>
+  <si>
+    <t>Mare &amp; Martin, Le Kremlin-Bicêtre</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>342.9 GOH</t>
+  </si>
+  <si>
+    <t>Dictionnaire du vocabulaire juridique 2026</t>
+  </si>
+  <si>
+    <t>CABRILLAC Rémy, ALBIGES Christophe, BONDON Marie-Sophie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1536,70 +1560,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154897&amp;query_desc=kw%2Cwrdl%3A%20114270" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163684" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158958" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159692" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20droit%20constitutionnel%20villiers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=referis&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160274" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154897&amp;query_desc=kw%2Cwrdl%3A%20114270" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163684" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158958" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159692" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20droit%20constitutionnel%20villiers" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166632" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=referis&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160274" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166637" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+encyclop%C3%A9dique+de+finances+publiques+philip&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113886&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162330&amp;query_desc=kw%2Cwrdl%3A%20Dictionnaire%20des%20sciences%20%C3%A9conomiques" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153796" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=encyclop%C3%A9die+%C3%A9conomique+xavier+greffe&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20d%27histoire%20maritime&amp;count=100&amp;limit=au:Verg%C3%A9-Franceschi,%20Michel" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166257&amp;query_desc=kw%2Cwrdl%3A%20117317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163690" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:F85"/>
+  <dimension ref="A1:F89"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A56" sqref="A56"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
       <c r="A1" s="30" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
@@ -1675,1133 +1699,1179 @@
       </c>
       <c r="D10" s="8">
         <v>1992</v>
       </c>
       <c r="E10" s="20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="16">
       <c r="A11" s="12" t="s">
         <v>291</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>292</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="16">
+    <row r="12" spans="1:6" ht="32">
       <c r="A12" s="12" t="s">
+        <v>334</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="16">
+      <c r="A13" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B13" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="C13" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="8">
+      <c r="D13" s="8">
         <v>2020</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="E13" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:6" ht="32">
-      <c r="A13" s="12" t="s">
+    <row r="14" spans="1:6" ht="32">
+      <c r="A14" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B14" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="C14" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="D13" s="8">
+      <c r="D14" s="8">
         <v>2004</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="E14" s="20" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="43">
-      <c r="A14" s="12" t="s">
+    <row r="15" spans="1:6" ht="43">
+      <c r="A15" s="12" t="s">
         <v>297</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B15" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="C15" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>300</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E15" s="20" t="s">
         <v>301</v>
       </c>
-      <c r="F14" s="3"/>
-[...19 lines deleted...]
-      </c>
+      <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6" ht="16">
       <c r="A16" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D16" s="8">
+        <v>1998</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="16">
+      <c r="A17" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B17" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="5" t="s">
+      <c r="C17" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="D16" s="8">
+      <c r="D17" s="8">
         <v>2020</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="E17" s="20" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="29">
-      <c r="A17" s="12" t="s">
+    <row r="18" spans="1:5" ht="29">
+      <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="B18" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="C18" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="D17" s="8">
+      <c r="D18" s="8">
         <v>1995</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="E18" s="20" t="s">
         <v>43</v>
-      </c>
-[...15 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="16">
       <c r="A19" s="12" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="D19" s="8">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E19" s="20" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="16">
       <c r="A20" s="12" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D20" s="8">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="E20" s="20" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="16">
       <c r="A21" s="12" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>5</v>
+        <v>76</v>
       </c>
       <c r="D21" s="8">
-        <v>1966</v>
+        <v>1993</v>
       </c>
       <c r="E21" s="20" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="16">
       <c r="A22" s="12" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>72</v>
+        <v>5</v>
       </c>
       <c r="D22" s="8">
-        <v>2015</v>
+        <v>1966</v>
       </c>
       <c r="E22" s="20" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="16">
       <c r="A23" s="12" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D23" s="8">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="E23" s="20" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="16">
       <c r="A24" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" s="8">
+        <v>2006</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="16">
+      <c r="A25" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="6" t="s">
+      <c r="B25" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C24" s="5" t="s">
+      <c r="C25" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D24" s="8">
+      <c r="D25" s="8">
         <v>2018</v>
       </c>
-      <c r="E24" s="20" t="s">
+      <c r="E25" s="20" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="14">
-      <c r="A25" s="13" t="s">
+    <row r="26" spans="1:5" ht="14">
+      <c r="A26" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="7"/>
-[...5 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
+      <c r="D26" s="22"/>
+      <c r="E26" s="23"/>
+    </row>
+    <row r="27" spans="1:5" ht="29">
+      <c r="A27" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="B27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C26" s="5" t="s">
+      <c r="C27" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="D26" s="8">
+      <c r="D27" s="8">
         <v>2013</v>
       </c>
-      <c r="E26" s="20" t="s">
+      <c r="E27" s="20" t="s">
         <v>52</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="16">
       <c r="A28" s="12" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>149</v>
+        <v>88</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="D28" s="8">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E28" s="20" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="16">
       <c r="A29" s="12" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>5</v>
+        <v>71</v>
       </c>
       <c r="D29" s="8">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E29" s="20" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="16">
       <c r="A30" s="12" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="8">
+        <v>1993</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="16">
+      <c r="A31" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D31" s="8">
         <v>2004</v>
       </c>
-      <c r="E30" s="20" t="s">
+      <c r="E31" s="20" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="14">
-      <c r="A31" s="13" t="s">
+    <row r="32" spans="1:5" ht="14">
+      <c r="A32" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B31" s="7"/>
-[...5 lines deleted...]
-      <c r="A32" s="16" t="s">
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="23"/>
+    </row>
+    <row r="33" spans="1:5" ht="30" thickBot="1">
+      <c r="A33" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="B32" s="17" t="s">
+      <c r="B33" s="17" t="s">
         <v>58</v>
       </c>
-      <c r="C32" s="19" t="s">
+      <c r="C33" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="D32" s="18">
+      <c r="D33" s="18">
         <v>1993</v>
       </c>
-      <c r="E32" s="21" t="s">
+      <c r="E33" s="21" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A34" s="24" t="s">
+    <row r="34" spans="1:5" ht="14" thickBot="1"/>
+    <row r="35" spans="1:5" ht="14">
+      <c r="A35" s="24" t="s">
         <v>96</v>
       </c>
-      <c r="B34" s="25"/>
-[...5 lines deleted...]
-      <c r="A35" s="12" t="s">
+      <c r="B35" s="25"/>
+      <c r="C35" s="25"/>
+      <c r="D35" s="25"/>
+      <c r="E35" s="28"/>
+    </row>
+    <row r="36" spans="1:5" ht="16">
+      <c r="A36" s="12" t="s">
         <v>97</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="B36" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C35" s="5" t="s">
+      <c r="C36" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D35" s="8">
+      <c r="D36" s="8">
         <v>2003</v>
       </c>
-      <c r="E35" s="20" t="s">
+      <c r="E36" s="20" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="17" thickBot="1">
-      <c r="A36" s="16" t="s">
+    <row r="37" spans="1:5" ht="17" thickBot="1">
+      <c r="A37" s="16" t="s">
         <v>99</v>
       </c>
-      <c r="B36" s="17" t="s">
+      <c r="B37" s="17" t="s">
         <v>100</v>
       </c>
-      <c r="C36" s="19" t="s">
+      <c r="C37" s="19" t="s">
         <v>167</v>
       </c>
-      <c r="D36" s="18">
+      <c r="D37" s="18">
         <v>2015</v>
       </c>
-      <c r="E36" s="21" t="s">
+      <c r="E37" s="21" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="37" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A38" s="24" t="s">
+    <row r="38" spans="1:5" ht="14" thickBot="1"/>
+    <row r="39" spans="1:5" ht="14">
+      <c r="A39" s="24" t="s">
         <v>102</v>
       </c>
-      <c r="B38" s="25"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B39" s="25"/>
+      <c r="C39" s="25"/>
+      <c r="D39" s="26"/>
+      <c r="E39" s="27"/>
     </row>
     <row r="40" spans="1:5" ht="16">
       <c r="A40" s="12" t="s">
-        <v>168</v>
+        <v>103</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>170</v>
+        <v>16</v>
       </c>
       <c r="D40" s="8">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E40" s="20" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="16">
       <c r="A41" s="12" t="s">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D41" s="8">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E41" s="20" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="16">
       <c r="A42" s="12" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>171</v>
       </c>
       <c r="D42" s="8">
+        <v>1997</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="16">
+      <c r="A43" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D43" s="8">
         <v>2001</v>
       </c>
-      <c r="E42" s="20" t="s">
+      <c r="E43" s="20" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="43" spans="1:5" ht="14">
-      <c r="A43" s="13" t="s">
+    <row r="44" spans="1:5" ht="14">
+      <c r="A44" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="B43" s="7"/>
-[...5 lines deleted...]
-      <c r="A44" s="12" t="s">
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="14"/>
+    </row>
+    <row r="45" spans="1:5" ht="16">
+      <c r="A45" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="B44" s="6" t="s">
+      <c r="B45" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="C45" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D44" s="8">
+      <c r="D45" s="8">
         <v>1993</v>
       </c>
-      <c r="E44" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="45" spans="1:5" ht="32">
-      <c r="A45" s="12" t="s">
+    <row r="46" spans="1:5" ht="32">
+      <c r="A46" s="12" t="s">
         <v>114</v>
       </c>
-      <c r="B45" s="6" t="s">
+      <c r="B46" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="C46" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D45" s="8">
+      <c r="D46" s="8">
         <v>2002</v>
       </c>
-      <c r="E45" s="20" t="s">
+      <c r="E46" s="20" t="s">
         <v>115</v>
-      </c>
-[...15 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="16">
       <c r="A47" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D47" s="8">
+        <v>1995</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="16">
+      <c r="A48" s="12" t="s">
         <v>116</v>
       </c>
-      <c r="B47" s="6" t="s">
+      <c r="B48" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="C47" s="5" t="s">
+      <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="D47" s="8">
+      <c r="D48" s="8">
         <v>2000</v>
       </c>
-      <c r="E47" s="20" t="s">
+      <c r="E48" s="20" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="48" spans="1:5" ht="17" thickBot="1">
-      <c r="A48" s="16" t="s">
+    <row r="49" spans="1:5" ht="17" thickBot="1">
+      <c r="A49" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="B48" s="17" t="s">
+      <c r="B49" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="C48" s="19" t="s">
+      <c r="C49" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="D48" s="18">
+      <c r="D49" s="18">
         <v>2005</v>
       </c>
-      <c r="E48" s="29" t="s">
+      <c r="E49" s="29" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A50" s="24" t="s">
+    <row r="50" spans="1:5" ht="14" thickBot="1"/>
+    <row r="51" spans="1:5" ht="14">
+      <c r="A51" s="24" t="s">
         <v>41</v>
       </c>
-      <c r="B50" s="25"/>
-[...5 lines deleted...]
-      <c r="A51" s="12" t="s">
+      <c r="B51" s="25"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="26"/>
+      <c r="E51" s="27"/>
+    </row>
+    <row r="52" spans="1:5" ht="32">
+      <c r="A52" s="12" t="s">
         <v>173</v>
       </c>
-      <c r="B51" s="6" t="s">
+      <c r="B52" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C51" s="5" t="s">
+      <c r="C52" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="D51" s="8">
+      <c r="D52" s="8">
         <v>1986</v>
       </c>
-      <c r="E51" s="20" t="s">
+      <c r="E52" s="20" t="s">
         <v>119</v>
-      </c>
-[...15 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="16">
       <c r="A53" s="12" t="s">
-        <v>120</v>
+        <v>293</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>176</v>
+        <v>294</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>68</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>295</v>
       </c>
       <c r="E53" s="20" t="s">
-        <v>121</v>
+        <v>296</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="16">
       <c r="A54" s="12" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D54" s="8">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E54" s="20" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="16">
       <c r="A55" s="12" t="s">
         <v>122</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>178</v>
+        <v>7</v>
       </c>
       <c r="D55" s="8">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E55" s="20" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="56" spans="1:5" ht="17" thickBot="1">
-      <c r="A56" s="16" t="s">
+    <row r="56" spans="1:5" ht="16">
+      <c r="A56" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="B56" s="17" t="s">
+      <c r="B56" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="C56" s="19" t="s">
+      <c r="C56" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D56" s="8">
+        <v>2011</v>
+      </c>
+      <c r="E56" s="20" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="17" thickBot="1">
+      <c r="A57" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B57" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="C57" s="19" t="s">
         <v>321</v>
       </c>
-      <c r="D56" s="18" t="s">
+      <c r="D57" s="18" t="s">
         <v>313</v>
       </c>
-      <c r="E56" s="21" t="s">
+      <c r="E57" s="21" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="57" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A58" s="24" t="s">
+    <row r="58" spans="1:5" ht="14" thickBot="1"/>
+    <row r="59" spans="1:5" ht="14">
+      <c r="A59" s="24" t="s">
         <v>124</v>
       </c>
-      <c r="B58" s="25"/>
-[...5 lines deleted...]
-      <c r="A59" s="12" t="s">
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="26"/>
+      <c r="E59" s="27"/>
+    </row>
+    <row r="60" spans="1:5" ht="16">
+      <c r="A60" s="12" t="s">
         <v>125</v>
       </c>
-      <c r="B59" s="6" t="s">
+      <c r="B60" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C59" s="5" t="s">
+      <c r="C60" s="5" t="s">
         <v>10</v>
-      </c>
-[...15 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D60" s="8">
         <v>2006</v>
       </c>
       <c r="E60" s="20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="32">
+      <c r="A61" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D61" s="8">
+        <v>2006</v>
+      </c>
+      <c r="E61" s="20" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="33" thickBot="1">
-      <c r="A61" s="16" t="s">
+    <row r="62" spans="1:5" ht="33" thickBot="1">
+      <c r="A62" s="16" t="s">
         <v>130</v>
       </c>
-      <c r="B61" s="17" t="s">
+      <c r="B62" s="17" t="s">
         <v>181</v>
       </c>
-      <c r="C61" s="19" t="s">
+      <c r="C62" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="D61" s="18">
+      <c r="D62" s="18">
         <v>2008</v>
       </c>
-      <c r="E61" s="21" t="s">
+      <c r="E62" s="21" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="62" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A63" s="24" t="s">
+    <row r="63" spans="1:5" ht="14" thickBot="1"/>
+    <row r="64" spans="1:5" ht="14">
+      <c r="A64" s="24" t="s">
         <v>132</v>
       </c>
-      <c r="B63" s="25"/>
-[...5 lines deleted...]
-      <c r="A64" s="12" t="s">
+      <c r="B64" s="25"/>
+      <c r="C64" s="25"/>
+      <c r="D64" s="26"/>
+      <c r="E64" s="27"/>
+    </row>
+    <row r="65" spans="1:5" ht="29">
+      <c r="A65" s="12" t="s">
         <v>182</v>
       </c>
-      <c r="B64" s="6" t="s">
+      <c r="B65" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="C64" s="5" t="s">
+      <c r="C65" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D64" s="8">
+      <c r="D65" s="8">
         <v>1991</v>
       </c>
-      <c r="E64" s="20" t="s">
+      <c r="E65" s="20" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="65" spans="1:5" ht="32">
-      <c r="A65" s="12" t="s">
+    <row r="66" spans="1:5" ht="32">
+      <c r="A66" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="6" t="s">
+      <c r="B66" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C65" s="5" t="s">
+      <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="D65" s="8">
+      <c r="D66" s="8">
         <v>2005</v>
       </c>
-      <c r="E65" s="20" t="s">
+      <c r="E66" s="20" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="66" spans="1:5" ht="33" thickBot="1">
-      <c r="A66" s="16" t="s">
+    <row r="67" spans="1:5" ht="33" thickBot="1">
+      <c r="A67" s="16" t="s">
         <v>136</v>
       </c>
-      <c r="B66" s="17" t="s">
+      <c r="B67" s="17" t="s">
         <v>184</v>
       </c>
-      <c r="C66" s="19" t="s">
+      <c r="C67" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="D66" s="18">
+      <c r="D67" s="18">
         <v>2015</v>
       </c>
-      <c r="E66" s="21" t="s">
+      <c r="E67" s="21" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="67" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A68" s="24" t="s">
+    <row r="68" spans="1:5" ht="14" thickBot="1"/>
+    <row r="69" spans="1:5" ht="14">
+      <c r="A69" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="B69" s="25"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="26"/>
+      <c r="E69" s="27"/>
+    </row>
+    <row r="70" spans="1:5" ht="17" thickBot="1">
+      <c r="A70" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="B70" s="17" t="s">
+        <v>330</v>
+      </c>
+      <c r="C70" s="19" t="s">
+        <v>331</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>332</v>
+      </c>
+      <c r="E70" s="21" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="14" thickBot="1"/>
+    <row r="72" spans="1:5" ht="14">
+      <c r="A72" s="24" t="s">
         <v>137</v>
       </c>
-      <c r="B68" s="25"/>
-[...5 lines deleted...]
-      <c r="A69" s="12" t="s">
+      <c r="B72" s="25"/>
+      <c r="C72" s="25"/>
+      <c r="D72" s="26"/>
+      <c r="E72" s="27"/>
+    </row>
+    <row r="73" spans="1:5" ht="16">
+      <c r="A73" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="B69" s="6" t="s">
+      <c r="B73" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="C69" s="5" t="s">
+      <c r="C73" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="D69" s="8">
+      <c r="D73" s="8">
         <v>2004</v>
       </c>
-      <c r="E69" s="20" t="s">
+      <c r="E73" s="20" t="s">
         <v>139</v>
       </c>
-    </row>
-[...42 lines deleted...]
-      <c r="E73" s="27"/>
     </row>
     <row r="74" spans="1:5" ht="16">
       <c r="A74" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D74" s="8">
+        <v>1987</v>
+      </c>
+      <c r="E74" s="20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="17" thickBot="1">
+      <c r="A75" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="B75" s="17" t="s">
+        <v>187</v>
+      </c>
+      <c r="C75" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="D75" s="18">
+        <v>2011</v>
+      </c>
+      <c r="E75" s="21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="14" thickBot="1"/>
+    <row r="77" spans="1:5" ht="14">
+      <c r="A77" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B77" s="25"/>
+      <c r="C77" s="25"/>
+      <c r="D77" s="26"/>
+      <c r="E77" s="27"/>
+    </row>
+    <row r="78" spans="1:5" ht="16">
+      <c r="A78" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="B74" s="6" t="s">
+      <c r="B78" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="C74" s="5" t="s">
+      <c r="C78" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D74" s="8">
+      <c r="D78" s="8">
         <v>2013</v>
       </c>
-      <c r="E74" s="20" t="s">
+      <c r="E78" s="20" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="75" spans="1:5" ht="16">
-      <c r="A75" s="12" t="s">
+    <row r="79" spans="1:5" ht="16">
+      <c r="A79" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="B75" s="6" t="s">
+      <c r="B79" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="C75" s="5" t="s">
+      <c r="C79" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D75" s="8">
+      <c r="D79" s="8">
         <v>2015</v>
       </c>
-      <c r="E75" s="20" t="s">
+      <c r="E79" s="20" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="76" spans="1:5" ht="16">
-      <c r="A76" s="12" t="s">
+    <row r="80" spans="1:5" ht="16">
+      <c r="A80" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="B76" s="6" t="s">
+      <c r="B80" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="C76" s="5" t="s">
+      <c r="C80" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="D76" s="8" t="s">
+      <c r="D80" s="8" t="s">
         <v>313</v>
       </c>
-      <c r="E76" s="20" t="s">
+      <c r="E80" s="20" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="77" spans="1:5" ht="16">
-      <c r="A77" s="12" t="s">
+    <row r="81" spans="1:5" ht="16">
+      <c r="A81" s="12" t="s">
         <v>155</v>
       </c>
-      <c r="B77" s="6" t="s">
+      <c r="B81" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C77" s="5" t="s">
+      <c r="C81" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D77" s="8">
+      <c r="D81" s="8">
         <v>2004</v>
       </c>
-      <c r="E77" s="20" t="s">
+      <c r="E81" s="20" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="78" spans="1:5" ht="29">
-      <c r="A78" s="12" t="s">
+    <row r="82" spans="1:5" ht="29">
+      <c r="A82" s="12" t="s">
         <v>302</v>
       </c>
-      <c r="B78" s="6" t="s">
+      <c r="B82" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="C78" s="5" t="s">
+      <c r="C82" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D78" s="8" t="s">
+      <c r="D82" s="8" t="s">
         <v>304</v>
       </c>
-      <c r="E78" s="20" t="s">
+      <c r="E82" s="20" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="79" spans="1:5" ht="17" thickBot="1">
-      <c r="A79" s="16" t="s">
+    <row r="83" spans="1:5" ht="17" thickBot="1">
+      <c r="A83" s="16" t="s">
         <v>151</v>
       </c>
-      <c r="B79" s="17" t="s">
+      <c r="B83" s="17" t="s">
         <v>189</v>
       </c>
-      <c r="C79" s="19" t="s">
+      <c r="C83" s="19" t="s">
         <v>167</v>
       </c>
-      <c r="D79" s="18">
+      <c r="D83" s="18">
         <v>2018</v>
       </c>
-      <c r="E79" s="21" t="s">
+      <c r="E83" s="21" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="80" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A81" s="24" t="s">
+    <row r="84" spans="1:5" ht="14" thickBot="1"/>
+    <row r="85" spans="1:5" ht="14">
+      <c r="A85" s="24" t="s">
         <v>158</v>
       </c>
-      <c r="B81" s="25"/>
-[...5 lines deleted...]
-      <c r="A82" s="16" t="s">
+      <c r="B85" s="25"/>
+      <c r="C85" s="25"/>
+      <c r="D85" s="26"/>
+      <c r="E85" s="27"/>
+    </row>
+    <row r="86" spans="1:5" ht="17" thickBot="1">
+      <c r="A86" s="16" t="s">
         <v>159</v>
       </c>
-      <c r="B82" s="17" t="s">
+      <c r="B86" s="17" t="s">
         <v>160</v>
       </c>
-      <c r="C82" s="19" t="s">
+      <c r="C86" s="19" t="s">
         <v>191</v>
       </c>
-      <c r="D82" s="18">
+      <c r="D86" s="18">
         <v>1912</v>
       </c>
-      <c r="E82" s="21" t="s">
+      <c r="E86" s="21" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="83" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A84" s="24" t="s">
+    <row r="87" spans="1:5" ht="14" thickBot="1"/>
+    <row r="88" spans="1:5" ht="14">
+      <c r="A88" s="24" t="s">
         <v>162</v>
       </c>
-      <c r="B84" s="25"/>
-[...5 lines deleted...]
-      <c r="A85" s="16" t="s">
+      <c r="B88" s="25"/>
+      <c r="C88" s="25"/>
+      <c r="D88" s="26"/>
+      <c r="E88" s="27"/>
+    </row>
+    <row r="89" spans="1:5" ht="17" thickBot="1">
+      <c r="A89" s="16" t="s">
         <v>163</v>
       </c>
-      <c r="B85" s="17" t="s">
+      <c r="B89" s="17" t="s">
         <v>164</v>
       </c>
-      <c r="C85" s="19" t="s">
+      <c r="C89" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="D85" s="18">
+      <c r="D89" s="18">
         <v>2006</v>
       </c>
-      <c r="E85" s="21" t="s">
+      <c r="E89" s="21" t="s">
         <v>165</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A12" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A12F3291-6C74-B645-89AB-557DEE06251D}"/>
-[...8 lines deleted...]
-    <hyperlink ref="A13" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{267DCD5D-6E13-774C-A498-12E8E80B1956}"/>
+    <hyperlink ref="A13" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A12F3291-6C74-B645-89AB-557DEE06251D}"/>
+    <hyperlink ref="A15" r:id="rId2" xr:uid="{8080EE00-4982-2D44-A117-AF377C88ED88}"/>
+    <hyperlink ref="A17" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A8D29B69-46F8-BB4C-82DF-E813291587B5}"/>
+    <hyperlink ref="A19" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0D7A55E8-CED7-7A42-8B90-92CCC028733C}"/>
+    <hyperlink ref="A23" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1FA9668-69CE-1A48-9C96-DAB6D495D1A9}"/>
+    <hyperlink ref="A24" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5D4B27C6-464A-0447-A3E6-45CC70980A5A}"/>
+    <hyperlink ref="A21" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AB23DE92-B932-B74E-A7D4-C9F152D925A8}"/>
+    <hyperlink ref="A22" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9FD2D4AF-CC7F-5044-AD54-C26C79DAE3AA}"/>
+    <hyperlink ref="A25" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EBB2C957-2DEE-4E4B-B33E-C5C7EA81DE40}"/>
+    <hyperlink ref="A14" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{267DCD5D-6E13-774C-A498-12E8E80B1956}"/>
     <hyperlink ref="A10" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{78C269F9-450D-B04B-8085-81FCDD28E025}"/>
-    <hyperlink ref="A17" r:id="rId12" xr:uid="{9596ED2D-C074-FF45-9124-58B01420758A}"/>
-    <hyperlink ref="A19" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2D7B08B4-EA61-F047-BE4D-B4B853A3D0F5}"/>
+    <hyperlink ref="A18" r:id="rId12" xr:uid="{9596ED2D-C074-FF45-9124-58B01420758A}"/>
+    <hyperlink ref="A20" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2D7B08B4-EA61-F047-BE4D-B4B853A3D0F5}"/>
     <hyperlink ref="A7" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C436D923-8D03-2F47-B914-D950D53D00AA}"/>
-    <hyperlink ref="A26" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1D6157F4-5186-F54D-A386-2E4FDF194271}"/>
-[...30 lines deleted...]
-    <hyperlink ref="A85" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C45BADC3-B7FA-7B4D-963A-9603EE23FEF0}"/>
+    <hyperlink ref="A27" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1D6157F4-5186-F54D-A386-2E4FDF194271}"/>
+    <hyperlink ref="A28" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1E918E32-9F19-3945-A78C-20E60EF59ABD}"/>
+    <hyperlink ref="A30" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D66EA350-15F3-B547-9008-54B5B4F2A5E8}"/>
+    <hyperlink ref="A33" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DB4DACB8-5A3A-0F4C-A493-DFC333E0B593}"/>
+    <hyperlink ref="A31" r:id="rId19" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{333772BF-4735-084F-952C-0D1E4271F566}"/>
+    <hyperlink ref="A45" r:id="rId20" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{377A1565-85B8-874B-8B49-85B8D8394D5B}"/>
+    <hyperlink ref="A47" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{329D17EA-63DF-284B-B926-E10D8D0E8925}"/>
+    <hyperlink ref="A49" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4FE24D02-318D-474E-B81D-03B7F15D8655}"/>
+    <hyperlink ref="A36" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6EAAA025-59A3-0444-AC8E-CE4F307147E7}"/>
+    <hyperlink ref="A37" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AA7E9853-3590-CB4C-8888-38506AA4ED6F}"/>
+    <hyperlink ref="A40" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2703B71C-241A-164B-B7D8-3E38ADCFA4C4}"/>
+    <hyperlink ref="A41" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EA835D1E-E9CD-6341-B0EA-65E1E7976317}"/>
+    <hyperlink ref="A42" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BC281F58-3A38-A347-B712-118090A87F0C}"/>
+    <hyperlink ref="A43" r:id="rId28" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F2ABDB0-2A68-174A-8C7C-A95BDADB3658}"/>
+    <hyperlink ref="A46" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A2FB71F7-E1D5-E746-8E9D-76F96736F8B8}"/>
+    <hyperlink ref="A48" r:id="rId30" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{63D6382E-FC8D-9343-9AB8-9EBF2EE5DA7C}"/>
+    <hyperlink ref="A60" r:id="rId31" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{62FF7B8C-5169-AC42-A442-9F72CF77AD50}"/>
+    <hyperlink ref="A61" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F2C55E7F-69DC-264A-89CD-0862C4937456}"/>
+    <hyperlink ref="A62" r:id="rId33" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7BE7A2FD-97E7-AA4E-B449-D87291E34DF3}"/>
+    <hyperlink ref="A65" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1443F48-9770-264E-809F-8716D011B2EE}"/>
+    <hyperlink ref="A66" r:id="rId35" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6F5E137B-6FB3-B040-9AF3-C8B6B126F51B}"/>
+    <hyperlink ref="A67" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C063071E-E7E2-824B-8FE0-A98476150D20}"/>
+    <hyperlink ref="A73" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{87B03E58-5967-5E47-802F-A089F88AE2F2}"/>
+    <hyperlink ref="A74" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{91DEB3D3-84ED-EC44-9DCF-56BBD6C3C7AE}"/>
+    <hyperlink ref="A75" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{61350277-E176-3347-A0FE-B48FF715B196}"/>
+    <hyperlink ref="A78" r:id="rId40" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{390E17CC-777E-1E40-A16D-2DD7864F76ED}"/>
+    <hyperlink ref="A29" r:id="rId41" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4A437B25-B4BD-AD4D-96B3-46B8BC919C0C}"/>
+    <hyperlink ref="A83" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{15EF08AD-A818-BD45-83A7-12D1798D61D4}"/>
+    <hyperlink ref="A79" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C1C9D71C-A870-4341-9978-11BF9378EA19}"/>
+    <hyperlink ref="A81" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{72E1AEA0-BB0C-D748-9FFF-0F823E7772D4}"/>
+    <hyperlink ref="A86" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CAEB7EFB-7E65-B941-AD71-45371366E41F}"/>
+    <hyperlink ref="A89" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C45BADC3-B7FA-7B4D-963A-9603EE23FEF0}"/>
     <hyperlink ref="A11" r:id="rId47" xr:uid="{FDBCDAA3-43DB-CD45-9043-3C513F8A475A}"/>
-    <hyperlink ref="A15" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{21AC3E01-4113-3543-B55A-DF9E2266B18A}"/>
-[...7 lines deleted...]
-    <hyperlink ref="A55" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F8A7495-D473-9342-AD9A-131D674D7E89}"/>
+    <hyperlink ref="A16" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{21AC3E01-4113-3543-B55A-DF9E2266B18A}"/>
+    <hyperlink ref="A82" r:id="rId49" xr:uid="{93C11BF5-48AB-534E-8B00-1117D468B492}"/>
+    <hyperlink ref="A80" r:id="rId50" xr:uid="{0FDCCC93-1329-AA47-80DB-B5F5559D8680}"/>
+    <hyperlink ref="A52" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9F31A683-F8D1-A44A-AFC6-32ABAF22C28A}"/>
+    <hyperlink ref="A54" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3DBA5D8C-FCA7-194F-8F4C-5348A9D8B361}"/>
+    <hyperlink ref="A57" r:id="rId53" xr:uid="{8B01B884-3707-854E-862D-BC86C35668B0}"/>
+    <hyperlink ref="A55" r:id="rId54" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8B7246E9-38AE-3C45-B924-6778713078EA}"/>
+    <hyperlink ref="A53" r:id="rId55" xr:uid="{34D136FE-A531-D042-B387-96C2911D38CF}"/>
+    <hyperlink ref="A56" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F8A7495-D473-9342-AD9A-131D674D7E89}"/>
+    <hyperlink ref="A70" r:id="rId57" xr:uid="{548F5FDF-7A05-C240-B627-8A14C99EF4E0}"/>
+    <hyperlink ref="A12" r:id="rId58" xr:uid="{26581866-D2E6-F04D-8BFB-381F390B9752}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DBB0EE8-BB5B-F744-A1E4-29D17CD445F2}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
@@ -3272,51 +3342,51 @@
     <hyperlink ref="A20" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45A0D361-C33A-9B4D-9FA5-2F933D26AE86}"/>
     <hyperlink ref="A23" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C0AF51DE-6DBA-6D4E-A22F-3F748FA7C591}"/>
     <hyperlink ref="A24" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4B5B5AAA-DDA3-964A-8530-ED98F4CA0B4F}"/>
     <hyperlink ref="A25" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2244B97A-0024-014C-ACB0-7A75C745C00F}"/>
     <hyperlink ref="A29" r:id="rId13" xr:uid="{CA669ABA-7887-714E-9F66-324540E5FB00}"/>
     <hyperlink ref="A28" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A3DCF3E0-10E1-6A44-B553-63BF11386ED7}"/>
     <hyperlink ref="A32" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E3932E47-2842-1042-B222-E6B94174A35F}"/>
     <hyperlink ref="A33" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AFFCAF03-2C1F-334E-A8A8-11A9C8BD2D3E}"/>
     <hyperlink ref="A36" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F0B4ACD9-D364-524B-B4D3-4787B445860D}"/>
     <hyperlink ref="A17" r:id="rId18" display="Dictionnaire économique et social : 100 articles thématiques, 1500 définitions" xr:uid="{27C51F4F-C186-1448-AFF1-364C8A5AF0E4}"/>
     <hyperlink ref="A16" r:id="rId19" xr:uid="{7630D343-46D2-E940-BA17-EA4DEF4739D1}"/>
     <hyperlink ref="A6" r:id="rId20" xr:uid="{2E928F63-E03A-8B41-9EB8-D0BD86B192F1}"/>
     <hyperlink ref="A9" r:id="rId21" xr:uid="{F15AB0CA-D745-BF42-B1F3-36E29F9E3598}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0ADDA7D-4B01-C849-97C9-C310C123EB45}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
       <c r="A1" s="30" t="s">
         <v>289</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">