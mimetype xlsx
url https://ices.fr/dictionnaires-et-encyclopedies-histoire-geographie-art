--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -8,81 +8,81 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D91E4B6-951E-1C42-A2DB-9EF988BE6342}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C42BCFE-386F-5C4B-9F75-AEDC15804EC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3080" yWindow="640" windowWidth="28580" windowHeight="21100" firstSheet="3" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3120" yWindow="640" windowWidth="28580" windowHeight="21100" firstSheet="3" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Géographie" sheetId="2" r:id="rId1"/>
     <sheet name="Archéologie, préhistoire" sheetId="1" r:id="rId2"/>
     <sheet name="Biographie, généalogie" sheetId="3" r:id="rId3"/>
     <sheet name="Histoire universelle" sheetId="4" r:id="rId4"/>
     <sheet name="Histoire ancienne" sheetId="6" r:id="rId5"/>
     <sheet name="Histoire contemporaine" sheetId="7" r:id="rId6"/>
     <sheet name="Histoire de l'Europe" sheetId="8" r:id="rId7"/>
     <sheet name="Histoire de France" sheetId="12" r:id="rId8"/>
     <sheet name="Histoire de l'Asie" sheetId="9" r:id="rId9"/>
     <sheet name="Histoire de l'Amérique" sheetId="10" r:id="rId10"/>
     <sheet name="Histoire de l'Afrique" sheetId="11" r:id="rId11"/>
     <sheet name="Art" sheetId="13" r:id="rId12"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1684" uniqueCount="1174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1695" uniqueCount="1183">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Côte</t>
   </si>
   <si>
     <t>Éditeur</t>
   </si>
   <si>
     <t>1996 </t>
   </si>
   <si>
     <t>1992 </t>
   </si>
   <si>
     <t>1979 </t>
   </si>
   <si>
     <t>2010 </t>
   </si>
   <si>
@@ -3560,50 +3560,77 @@
     <t>PRÉVAL Pauline</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>726 PRE</t>
   </si>
   <si>
     <t>Autre</t>
   </si>
   <si>
     <t>Dictionnaire de la racaille : le manuscrit secret d'un commissaire de police parisien au XIXe siècle</t>
   </si>
   <si>
     <t>GRONFIER Adolphe</t>
   </si>
   <si>
     <t>Horay, Paris</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>944 "19-20" GRO</t>
+  </si>
+  <si>
+    <t>Architecture : description et vocabulaire méthodiques</t>
+  </si>
+  <si>
+    <t>PÉROUSE DE MONTCLOS Jean-Marie</t>
+  </si>
+  <si>
+    <t>Editions du patrimoine, Centre des monuments nationaux, Paris</t>
+  </si>
+  <si>
+    <t>72 PER</t>
+  </si>
+  <si>
+    <t>Vocabulaire illustré de l'ornement : par le décor de l'architecture et des autres arts</t>
+  </si>
+  <si>
+    <t>THOMAS Évelyne</t>
+  </si>
+  <si>
+    <t>Eyrolles, Paris</t>
+  </si>
+  <si>
+    <t>745 THO</t>
+  </si>
+  <si>
+    <t>Décoration/ornementation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3906,51 +3933,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -4114,50 +4141,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Insatisfaisant" xfId="2" builtinId="27"/>
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -4350,51 +4383,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9020&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61012&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22224&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16853&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15877&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14456&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163658" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64776&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=notable+american+women&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24197&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22505&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60102&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22519&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=25767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11716&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164582" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29028" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=impressionnisme+dictionnaire+monneret&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154245&amp;query_desc=kw%2Cwrdl%3A%20petite%20encyclop%C3%A9die%20peinture" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164582" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29028" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166192&amp;query_desc=kw%2Cwrdl%3A%20118192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=impressionnisme+dictionnaire+monneret&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166136&amp;query_desc=kw%2Cwrdl%3A%20117804" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154245&amp;query_desc=kw%2Cwrdl%3A%20petite%20encyclop%C3%A9die%20peinture" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61948&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72049&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121705&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162336" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107084&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20biographique%20mouvement%20ouvrier%20mouvement%20social%20claude%20pennetier&amp;limit=au%3APennetier%2C%20Claude&amp;count=100&amp;limit=location:2E" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=36517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=dictionnaire+des+biographies+XXe+si%C3%A8cle&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1992" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60062&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106647&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3120&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31172&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61606&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32038&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17087&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5580&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124211&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118683&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14963&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112552&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63072&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dtv-W%C3%B6rterbuch+zur+Geschichte&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127506&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132815&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121979&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161375" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127109&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20histoire%20universelle%20mourre%20michel&amp;count=100&amp;limit=location:FD" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114245&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1992&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63373&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65536&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22969&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11143&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9346&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9366&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=51042&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114649&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107383&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114244&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1989&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12615&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54081&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37370&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15219&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+seconde+guerre+mondiale+origines+dumont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64566&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117099&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+histoire+contemporaine+1776-1969&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45781&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66319&amp;query_desc=kw%2Cwrdl%3A%20larousse%20seconde%20guerre%20mondiale" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111642&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18360&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111045&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72238&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122850&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158190" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61609&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22512&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42036&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8657&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69034&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22520&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42005&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29692&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49597&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29259&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+biographique+des+g%C3%A9n%C3%A9raux+autrichiens+sous+la+R%C3%A9volution+et+l%27Empire&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127098&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164048" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60887&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60601&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119558&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9693&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106564&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42048&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16858&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61164&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158160" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
@@ -4408,57 +4441,57 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A11" sqref="A11:XFD11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -4656,57 +4689,57 @@
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EC32F1E-9D8B-1144-8B9C-84C951BA54A5}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E19"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>342</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>342</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -4958,57 +4991,57 @@
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89B1A553-E358-1241-A040-5328C6ECD6DE}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>388</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>388</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -5044,75 +5077,75 @@
       </c>
       <c r="D7" s="21" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="28" t="s">
         <v>390</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A7" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11716&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D9662F77-578D-7C46-9C23-102C5215A131}"/>
     <hyperlink ref="A6" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=25767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{44686073-8B6C-4743-A113-725059401D61}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46C0D6F1-8FC6-B240-AE73-196896162ECC}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:F74"/>
+  <dimension ref="A1:F78"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B32" sqref="B32"/>
+    <sheetView tabSelected="1" topLeftCell="A27" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A63" sqref="A63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>687</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="15" thickBot="1">
       <c r="A5" s="45" t="s">
         <v>687</v>
       </c>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
@@ -5433,751 +5466,797 @@
       </c>
       <c r="D28" s="9">
         <v>1946</v>
       </c>
       <c r="E28" s="27" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="16">
       <c r="A29" s="14" t="s">
         <v>739</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>740</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D29" s="9">
         <v>1994</v>
       </c>
       <c r="E29" s="27" t="s">
         <v>741</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="14">
-      <c r="A30" s="36" t="s">
+    <row r="30" spans="1:5" ht="29">
+      <c r="A30" s="14" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E30" s="27" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="14">
+      <c r="A31" s="36" t="s">
         <v>745</v>
       </c>
-      <c r="B30" s="34"/>
-[...5 lines deleted...]
-      <c r="A31" s="14" t="s">
+      <c r="B31" s="34"/>
+      <c r="C31" s="34"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="38"/>
+    </row>
+    <row r="32" spans="1:5" ht="29">
+      <c r="A32" s="14" t="s">
         <v>762</v>
-      </c>
-[...15 lines deleted...]
-        <v>765</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>763</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>764</v>
       </c>
       <c r="D32" s="9">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="E32" s="27" t="s">
         <v>746</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="14">
-      <c r="A33" s="36" t="s">
+    <row r="33" spans="1:5" ht="16">
+      <c r="A33" s="14" t="s">
+        <v>765</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>763</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="D33" s="9">
+        <v>1992</v>
+      </c>
+      <c r="E33" s="27" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="14">
+      <c r="A34" s="36" t="s">
         <v>767</v>
       </c>
-      <c r="B33" s="34"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B34" s="34"/>
+      <c r="C34" s="34"/>
+      <c r="D34" s="35"/>
+      <c r="E34" s="38"/>
     </row>
     <row r="35" spans="1:5" ht="16">
       <c r="A35" s="14" t="s">
+        <v>747</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="D35" s="9">
+        <v>1995</v>
+      </c>
+      <c r="E35" s="27" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="16">
+      <c r="A36" s="14" t="s">
         <v>756</v>
       </c>
-      <c r="B35" s="5" t="s">
+      <c r="B36" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="C35" s="6" t="s">
+      <c r="C36" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="D35" s="9">
+      <c r="D36" s="9">
         <v>1997</v>
       </c>
-      <c r="E35" s="30" t="s">
+      <c r="E36" s="30" t="s">
         <v>758</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="14">
-      <c r="A36" s="36" t="s">
+    <row r="37" spans="1:5" ht="14">
+      <c r="A37" s="36" t="s">
         <v>768</v>
       </c>
-      <c r="B36" s="34"/>
-[...17 lines deleted...]
-      </c>
+      <c r="B37" s="34"/>
+      <c r="C37" s="34"/>
+      <c r="D37" s="35"/>
+      <c r="E37" s="38"/>
     </row>
     <row r="38" spans="1:5" ht="16">
       <c r="A38" s="14" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D38" s="9">
         <v>1966</v>
       </c>
       <c r="E38" s="27" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="16">
       <c r="A39" s="14" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="B39" s="7"/>
       <c r="C39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D39" s="9">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="E39" s="27" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="16">
       <c r="A40" s="14" t="s">
         <v>770</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D40" s="9">
         <v>1968</v>
       </c>
       <c r="E40" s="27" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="16">
       <c r="A41" s="14" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>755</v>
+        <v>35</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D41" s="9">
         <v>1968</v>
       </c>
       <c r="E41" s="27" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="16">
       <c r="A42" s="14" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>755</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D42" s="9">
         <v>1968</v>
       </c>
       <c r="E42" s="27" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="16">
       <c r="A43" s="14" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>771</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>755</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>733</v>
+        <v>68</v>
       </c>
       <c r="D43" s="9">
-        <v>1995</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>1968</v>
+      </c>
+      <c r="E43" s="27" t="s">
+        <v>754</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="16">
       <c r="A44" s="14" t="s">
+        <v>753</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="D44" s="9">
+        <v>1995</v>
+      </c>
+      <c r="E44" s="30" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="16">
+      <c r="A45" s="14" t="s">
         <v>750</v>
       </c>
-      <c r="B44" s="5" t="s">
+      <c r="B45" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="C44" s="6" t="s">
+      <c r="C45" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D44" s="9">
+      <c r="D45" s="9">
         <v>1971</v>
       </c>
-      <c r="E44" s="30" t="s">
+      <c r="E45" s="30" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="45" spans="1:5" ht="17" thickBot="1">
-      <c r="A45" s="19" t="s">
+    <row r="46" spans="1:5" ht="17" thickBot="1">
+      <c r="A46" s="19" t="s">
         <v>1164</v>
       </c>
-      <c r="B45" s="23" t="s">
+      <c r="B46" s="23" t="s">
         <v>1165</v>
       </c>
-      <c r="C45" s="24" t="s">
+      <c r="C46" s="24" t="s">
         <v>51</v>
       </c>
-      <c r="D45" s="21" t="s">
+      <c r="D46" s="21" t="s">
         <v>1166</v>
       </c>
-      <c r="E45" s="32" t="s">
+      <c r="E46" s="32" t="s">
         <v>1167</v>
       </c>
     </row>
-    <row r="46" spans="1:5" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A47" s="42" t="s">
+    <row r="47" spans="1:5" ht="14" thickBot="1"/>
+    <row r="48" spans="1:5" ht="14">
+      <c r="A48" s="42" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B48" s="43"/>
+      <c r="C48" s="43"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="47"/>
+    </row>
+    <row r="49" spans="1:6" ht="17" thickBot="1">
+      <c r="A49" s="64" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B49" s="70" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C49" s="66" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D49" s="67" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E49" s="71" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="14" thickBot="1"/>
+    <row r="51" spans="1:6" ht="14">
+      <c r="A51" s="42" t="s">
         <v>774</v>
       </c>
-      <c r="B47" s="43"/>
-[...5 lines deleted...]
-      <c r="A48" s="14" t="s">
+      <c r="B51" s="43"/>
+      <c r="C51" s="43"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="47"/>
+    </row>
+    <row r="52" spans="1:6" ht="16">
+      <c r="A52" s="14" t="s">
         <v>775</v>
       </c>
-      <c r="B48" s="5"/>
-      <c r="C48" s="6" t="s">
+      <c r="B52" s="5"/>
+      <c r="C52" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="D48" s="5" t="s">
+      <c r="D52" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="E48" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>776</v>
       </c>
-    </row>
-[...42 lines deleted...]
-      <c r="E52" s="44"/>
     </row>
     <row r="53" spans="1:6" ht="16">
       <c r="A53" s="14" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="B53" s="7"/>
+        <v>780</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>777</v>
+      </c>
       <c r="C53" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D53" s="9">
+      <c r="D53" s="7" t="s">
+        <v>778</v>
+      </c>
+      <c r="E53" s="16" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="15" thickBot="1">
+      <c r="A54" s="19" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B54" s="58" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C54" s="58" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D54" s="59">
+        <v>2004</v>
+      </c>
+      <c r="E54" s="60" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="14" thickBot="1"/>
+    <row r="56" spans="1:6" ht="14">
+      <c r="A56" s="42" t="s">
+        <v>781</v>
+      </c>
+      <c r="B56" s="43"/>
+      <c r="C56" s="43"/>
+      <c r="D56" s="43"/>
+      <c r="E56" s="44"/>
+    </row>
+    <row r="57" spans="1:6" ht="16">
+      <c r="A57" s="14" t="s">
+        <v>789</v>
+      </c>
+      <c r="B57" s="7"/>
+      <c r="C57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" s="9">
         <v>1994</v>
       </c>
-      <c r="E53" s="27" t="s">
+      <c r="E57" s="27" t="s">
         <v>784</v>
       </c>
-    </row>
-[...42 lines deleted...]
-      <c r="E57" s="44"/>
     </row>
     <row r="58" spans="1:6" ht="16">
       <c r="A58" s="14" t="s">
+        <v>782</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>788</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D58" s="9">
+        <v>1990</v>
+      </c>
+      <c r="E58" s="27" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="17" thickBot="1">
+      <c r="A59" s="19" t="s">
+        <v>785</v>
+      </c>
+      <c r="B59" s="20" t="s">
+        <v>786</v>
+      </c>
+      <c r="C59" s="24" t="s">
+        <v>790</v>
+      </c>
+      <c r="D59" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="E59" s="28" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="14" thickBot="1"/>
+    <row r="61" spans="1:6" ht="14">
+      <c r="A61" s="42" t="s">
+        <v>791</v>
+      </c>
+      <c r="B61" s="43"/>
+      <c r="C61" s="43"/>
+      <c r="D61" s="43"/>
+      <c r="E61" s="44"/>
+    </row>
+    <row r="62" spans="1:6" ht="16">
+      <c r="A62" s="14" t="s">
         <v>792</v>
       </c>
-      <c r="B58" s="7" t="s">
+      <c r="B62" s="7" t="s">
         <v>801</v>
       </c>
-      <c r="C58" s="6" t="s">
+      <c r="C62" s="6" t="s">
         <v>437</v>
       </c>
-      <c r="D58" s="7" t="s">
+      <c r="D62" s="7" t="s">
         <v>793</v>
       </c>
-      <c r="E58" s="16" t="s">
+      <c r="E62" s="16" t="s">
         <v>794</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="16">
-      <c r="A59" s="14" t="s">
+    <row r="63" spans="1:6" ht="16">
+      <c r="A63" s="14" t="s">
         <v>795</v>
       </c>
-      <c r="B59" s="7" t="s">
+      <c r="B63" s="7" t="s">
         <v>796</v>
       </c>
-      <c r="C59" s="6" t="s">
+      <c r="C63" s="6" t="s">
         <v>802</v>
       </c>
-      <c r="D59" s="7" t="s">
+      <c r="D63" s="7" t="s">
         <v>803</v>
       </c>
-      <c r="E59" s="16" t="s">
+      <c r="E63" s="16" t="s">
         <v>797</v>
       </c>
-      <c r="F59" s="2" t="s">
+      <c r="F63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="60" spans="1:6" ht="17" thickBot="1">
-      <c r="A60" s="19" t="s">
+    <row r="64" spans="1:6" ht="17" thickBot="1">
+      <c r="A64" s="19" t="s">
         <v>798</v>
       </c>
-      <c r="B60" s="20" t="s">
+      <c r="B64" s="20" t="s">
         <v>799</v>
       </c>
-      <c r="C60" s="24" t="s">
+      <c r="C64" s="24" t="s">
         <v>804</v>
       </c>
-      <c r="D60" s="20" t="s">
+      <c r="D64" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E60" s="22" t="s">
+      <c r="E64" s="22" t="s">
         <v>800</v>
       </c>
     </row>
-    <row r="61" spans="1:6" ht="14" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A62" s="42" t="s">
+    <row r="65" spans="1:6" ht="14" thickBot="1"/>
+    <row r="66" spans="1:6" ht="14">
+      <c r="A66" s="42" t="s">
         <v>805</v>
       </c>
-      <c r="B62" s="43"/>
-[...65 lines deleted...]
-      </c>
+      <c r="B66" s="43"/>
+      <c r="C66" s="43"/>
+      <c r="D66" s="43"/>
+      <c r="E66" s="44"/>
     </row>
     <row r="67" spans="1:6" ht="14">
       <c r="A67" s="36" t="s">
-        <v>1054</v>
-[...6 lines deleted...]
-    <row r="68" spans="1:6" ht="14">
+        <v>806</v>
+      </c>
+      <c r="B67" s="34"/>
+      <c r="C67" s="34"/>
+      <c r="D67" s="34"/>
+      <c r="E67" s="37"/>
+    </row>
+    <row r="68" spans="1:6" ht="16">
       <c r="A68" s="14" t="s">
-        <v>1055</v>
-[...21 lines deleted...]
-      <c r="E69" s="38"/>
+        <v>807</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>808</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D68" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" s="27" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="16">
+      <c r="A69" s="14" t="s">
+        <v>810</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>811</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D69" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E69" s="27" t="s">
+        <v>812</v>
+      </c>
     </row>
     <row r="70" spans="1:6" ht="16">
       <c r="A70" s="14" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>829</v>
+        <v>437</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>46</v>
+        <v>637</v>
       </c>
       <c r="E70" s="27" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="14">
       <c r="A71" s="36" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B71" s="54"/>
+      <c r="C71" s="54"/>
+      <c r="D71" s="54"/>
+      <c r="E71" s="56"/>
+    </row>
+    <row r="72" spans="1:6" ht="14">
+      <c r="A72" s="14" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" s="55">
+        <v>1994</v>
+      </c>
+      <c r="E72" s="57" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="14">
+      <c r="A73" s="36" t="s">
+        <v>816</v>
+      </c>
+      <c r="B73" s="34"/>
+      <c r="C73" s="34"/>
+      <c r="D73" s="35"/>
+      <c r="E73" s="38"/>
+    </row>
+    <row r="74" spans="1:6" ht="16">
+      <c r="A74" s="14" t="s">
+        <v>817</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>818</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E74" s="27" t="s">
+        <v>819</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="14">
+      <c r="A75" s="36" t="s">
         <v>820</v>
       </c>
-      <c r="B71" s="34"/>
-[...5 lines deleted...]
-      <c r="A72" s="14" t="s">
+      <c r="B75" s="34"/>
+      <c r="C75" s="34"/>
+      <c r="D75" s="35"/>
+      <c r="E75" s="38"/>
+    </row>
+    <row r="76" spans="1:6" ht="16">
+      <c r="A76" s="14" t="s">
         <v>821</v>
       </c>
-      <c r="B72" s="7" t="s">
+      <c r="B76" s="7" t="s">
         <v>822</v>
       </c>
-      <c r="C72" s="6" t="s">
+      <c r="C76" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="D72" s="9" t="s">
+      <c r="D76" s="9" t="s">
         <v>214</v>
       </c>
-      <c r="E72" s="27" t="s">
+      <c r="E76" s="27" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="73" spans="1:6" ht="16">
-      <c r="A73" s="14" t="s">
+    <row r="77" spans="1:6" ht="16">
+      <c r="A77" s="14" t="s">
         <v>824</v>
       </c>
-      <c r="B73" s="7" t="s">
+      <c r="B77" s="7" t="s">
         <v>825</v>
       </c>
-      <c r="C73" s="6" t="s">
+      <c r="C77" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="D73" s="9" t="s">
+      <c r="D77" s="9" t="s">
         <v>285</v>
       </c>
-      <c r="E73" s="27" t="s">
+      <c r="E77" s="27" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="74" spans="1:6" ht="17" thickBot="1">
-      <c r="A74" s="19" t="s">
+    <row r="78" spans="1:6" ht="17" thickBot="1">
+      <c r="A78" s="19" t="s">
         <v>827</v>
       </c>
-      <c r="B74" s="20" t="s">
+      <c r="B78" s="20" t="s">
         <v>830</v>
       </c>
-      <c r="C74" s="24" t="s">
+      <c r="C78" s="24" t="s">
         <v>271</v>
       </c>
-      <c r="D74" s="21">
+      <c r="D78" s="21">
         <v>1996</v>
       </c>
-      <c r="E74" s="28" t="s">
+      <c r="E78" s="28" t="s">
         <v>828</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A7" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{905950E1-DF59-AC44-930A-A16BECB6FE14}"/>
     <hyperlink ref="A11" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{26F6637E-23B9-F24F-A2EA-3F92B2590BEB}"/>
     <hyperlink ref="A12" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DF55D62E-DB30-BD4B-9D0C-1803296C52CF}"/>
     <hyperlink ref="A13" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AAD6B393-CC86-DC4D-8544-9B3AA0B6F6FD}"/>
     <hyperlink ref="A10" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A891EDF7-3428-2C43-BC19-C6B163B190B5}"/>
     <hyperlink ref="A9" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E9341A92-A7AE-B844-A491-B14DDE44ADD9}"/>
     <hyperlink ref="A14" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5DA6734D-F580-1843-9060-D76458CCB82C}"/>
     <hyperlink ref="A16" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D0911BFB-9B8A-0244-A05E-369D44D7011E}"/>
     <hyperlink ref="A17" r:id="rId9" xr:uid="{6614C70A-C59D-364A-8168-6033CC980D09}"/>
     <hyperlink ref="A20" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{991D9269-03CD-944D-B4AC-243E77B6D234}"/>
     <hyperlink ref="A24" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BC3316A0-2594-6C48-8DB9-8AD673A6A68A}"/>
     <hyperlink ref="A23" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5CB1E74F-17C8-B74D-AF58-DA55A8DA94C3}"/>
     <hyperlink ref="A22" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7DA5995F-175D-E246-84F4-EF20D6BBC818}"/>
     <hyperlink ref="A21" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FB040D17-D7FD-C84E-A0AB-C8A2E7871AAB}"/>
     <hyperlink ref="A28" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3A31EC51-4D2D-2646-B331-B911956C9119}"/>
     <hyperlink ref="A29" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{826A69A5-34C4-5B4C-A7F8-F899EB8DFBC8}"/>
     <hyperlink ref="A27" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{68C77E2F-9242-454F-8212-21C3A0D6EC21}"/>
-    <hyperlink ref="A31" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D54BEBCD-41B8-8F48-965B-1EF09AD45300}"/>
-[...28 lines deleted...]
-    <hyperlink ref="A45" r:id="rId47" xr:uid="{169D53A4-D077-F349-9907-929D711163FF}"/>
+    <hyperlink ref="A32" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D54BEBCD-41B8-8F48-965B-1EF09AD45300}"/>
+    <hyperlink ref="A33" r:id="rId19" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2E327B3E-B878-264A-BB7A-96CDC79FB312}"/>
+    <hyperlink ref="A35" r:id="rId20" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C35C269C-CE5F-2E4D-B836-AFC839A709EB}"/>
+    <hyperlink ref="A45" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{05ED8B25-B112-124B-87D8-447ACEB00972}"/>
+    <hyperlink ref="A44" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{639559C2-9D40-214E-8B54-AB41B84BD3AA}"/>
+    <hyperlink ref="A42" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A9BB22B6-A3E5-214A-BA47-3DBFA8BBFC22}"/>
+    <hyperlink ref="A40" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2C816971-EF7C-F74C-B7F1-772D0318B408}"/>
+    <hyperlink ref="A41" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C0BB8367-521E-5B45-A606-279C818AD276}"/>
+    <hyperlink ref="A43" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C7573C14-6AD6-BC4D-91E1-74ACEC2CCF0D}"/>
+    <hyperlink ref="A38" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{586CAB5C-E2F3-3E4A-B773-E0A40B6701DD}"/>
+    <hyperlink ref="A39" r:id="rId28" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45B43430-6FF7-B94A-8C72-34793FD736C2}"/>
+    <hyperlink ref="A36" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3885C8C8-C3DF-D546-9EB6-59B526BFCAB0}"/>
+    <hyperlink ref="A52" r:id="rId30" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A1A4538C-7009-3F46-AFD9-54276598CD22}"/>
+    <hyperlink ref="A53" r:id="rId31" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{42828D7A-DFC6-E544-A23A-F885C1773AE5}"/>
+    <hyperlink ref="A58" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E25CA8F9-87C2-DD41-9ECD-BE78655AD5CE}"/>
+    <hyperlink ref="A57" r:id="rId33" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{14342D3D-2A22-0445-9D4A-B5A5CCC6B4B8}"/>
+    <hyperlink ref="A59" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2BABED72-9DF6-AB47-A6AA-D8F2A81A1355}"/>
+    <hyperlink ref="A62" r:id="rId35" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E690DCBC-8435-7C42-AE10-684F17D7C9CE}"/>
+    <hyperlink ref="A63" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{94751CBB-3441-6D46-982D-F2916A33847B}"/>
+    <hyperlink ref="A64" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E53D9ACF-C9BB-4545-85C0-3F5720E3E448}"/>
+    <hyperlink ref="A68" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45BEBBF9-1D9B-1940-8A62-DA2A8414E82D}"/>
+    <hyperlink ref="A69" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7C15036D-8D8A-AE48-9855-C5AC1FC046A9}"/>
+    <hyperlink ref="A70" r:id="rId40" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A12392B8-CD5A-C44C-8478-10CC863DE3CB}"/>
+    <hyperlink ref="A74" r:id="rId41" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B8F6661B-1E63-2A40-AEC0-627FCB1294BA}"/>
+    <hyperlink ref="A76" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D2F7885D-76F7-A745-A9C8-1E6BC99A1B68}"/>
+    <hyperlink ref="A77" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6008947D-CD6C-DC48-8082-B6B225A19E09}"/>
+    <hyperlink ref="A78" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7AE792B0-F7C5-7242-B095-B81E8D187302}"/>
+    <hyperlink ref="A72" r:id="rId45" xr:uid="{E0E68E67-3A53-2440-938C-4FD2AAE4BE52}"/>
+    <hyperlink ref="A54" r:id="rId46" xr:uid="{AE88B04D-0DCB-4242-8635-2A8CFC001E80}"/>
+    <hyperlink ref="A46" r:id="rId47" xr:uid="{169D53A4-D077-F349-9907-929D711163FF}"/>
+    <hyperlink ref="A30" r:id="rId48" xr:uid="{E0052289-E7CA-2049-929D-FF0F2F48952C}"/>
+    <hyperlink ref="A49" r:id="rId49" xr:uid="{69B415B1-5E1E-9F4E-BEF1-A5A91D22B235}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:Z138"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:XFD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="19.33203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="17" customHeight="1">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>1052</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>105</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -7273,57 +7352,57 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F109"/>
   <sheetViews>
     <sheetView topLeftCell="A12" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="41" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>831</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="14" thickBot="1"/>
     <row r="5" spans="1:6" ht="15" thickBot="1">
       <c r="A5" s="39" t="s">
         <v>831</v>
       </c>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
@@ -8402,57 +8481,57 @@
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B34" sqref="B34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>1053</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="14" thickBot="1"/>
     <row r="5" spans="1:6" ht="14">
       <c r="A5" s="11" t="s">
         <v>939</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -9160,57 +9239,57 @@
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E72"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:XFD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.33203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>116</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>116</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -9880,57 +9959,57 @@
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F115"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A26" sqref="A26:XFD26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="46.6640625" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>594</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="14" thickBot="1"/>
     <row r="5" spans="1:6" ht="14">
       <c r="A5" s="11" t="s">
         <v>594</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -10908,57 +10987,57 @@
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F124"/>
   <sheetViews>
     <sheetView topLeftCell="A8" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>1069</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>297</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
@@ -12093,73 +12172,73 @@
     <hyperlink ref="A44" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42005&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D94E93F0-F11C-974D-B898-686D421E8EA1}"/>
     <hyperlink ref="A45" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{94D8416B-C228-E547-9883-E8A84DC44ABA}"/>
     <hyperlink ref="A48" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5845661F-C8AE-494D-9D32-4BB96C4EB3A1}"/>
     <hyperlink ref="A49" r:id="rId28" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119558&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AB4CF821-487B-F34A-8280-5D843585FFD5}"/>
     <hyperlink ref="A50" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49597&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1A409E7-9ACF-5B4B-B00E-2EF1F13FF315}"/>
     <hyperlink ref="A51" r:id="rId30" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61164&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E97918D2-5DC2-924C-AD2A-49E1A27CC240}"/>
     <hyperlink ref="A54" r:id="rId31" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C986C0DF-2346-594A-880A-5354359643B0}"/>
     <hyperlink ref="A57" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127098&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{73AFBFA5-B24A-1D4C-879A-878E2E588E0C}"/>
     <hyperlink ref="A29" r:id="rId33" xr:uid="{57954086-BCF6-FB43-9DA6-E7FEC0E36E90}"/>
     <hyperlink ref="A30" r:id="rId34" display="Dictionnaire biographique du mouvement ouvrier international [4]. 1, Grande-Bretagne, [A-G] " xr:uid="{DFBB8CF2-0B60-5C42-B5A9-3A5C804BD80A}"/>
     <hyperlink ref="A36" r:id="rId35" xr:uid="{CFC97E3C-60B5-B843-BB19-2E595BD3E7D2}"/>
     <hyperlink ref="A41" r:id="rId36" xr:uid="{5B9AA6E3-62E2-5845-9974-FA890F9F0FA2}"/>
     <hyperlink ref="A20" r:id="rId37" xr:uid="{E171589C-3E23-7840-A17B-99D93EF0C63C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0F6E580-22B8-5E41-9B1D-7C7D7C229D1C}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F134"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A116" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView topLeftCell="A116" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B141" sqref="B141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="45.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>396</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="15" thickBot="1">
       <c r="A5" s="39" t="s">
         <v>396</v>
       </c>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
@@ -14224,57 +14303,57 @@
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6F4DE0A-1ED3-624F-832E-CC152E5A5A7F}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E18"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="72" t="s">
         <v>320</v>
       </c>
-      <c r="B1" s="70"/>
-[...2 lines deleted...]
-      <c r="E1" s="70"/>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" thickBot="1"/>
     <row r="5" spans="1:5" ht="14">
       <c r="A5" s="11" t="s">
         <v>320</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>