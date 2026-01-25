--- v0 (2025-10-08)
+++ v1 (2026-01-25)
@@ -3,76 +3,76 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11102"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45959B11-015F-F245-A6A8-34ED6A84573A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A1BDE4E9-7679-FE4E-BE72-C475FC6A336A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14140" yWindow="2040" windowWidth="29640" windowHeight="20480" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14140" yWindow="2040" windowWidth="29640" windowHeight="20480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Théorie, études littéraires" sheetId="1" r:id="rId1"/>
     <sheet name="Littérature française" sheetId="2" r:id="rId2"/>
     <sheet name="Littérature anglaise" sheetId="3" r:id="rId3"/>
     <sheet name="Littérature allemande" sheetId="4" r:id="rId4"/>
     <sheet name="Littérature espagnole" sheetId="6" r:id="rId5"/>
     <sheet name="Littérature classique" sheetId="7" r:id="rId6"/>
     <sheet name="Littérature russe" sheetId="8" r:id="rId7"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="602" uniqueCount="448">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Éditeurs</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>GAGNIERE Claude </t>
   </si>
   <si>
     <t>1996 </t>
   </si>
   <si>
     <t>82(082) GAG</t>
   </si>
   <si>
     <t>BOLOGNE Jean-Claude </t>
   </si>
   <si>
     <t>82(082) BOL</t>
   </si>
   <si>
@@ -1360,50 +1360,62 @@
     <t>300 héros et personnages du roman français. 2 : du roi Arthur à Zadig</t>
   </si>
   <si>
     <t>Dictionnaire Roland Barthes</t>
   </si>
   <si>
     <t>COSTE Claude</t>
   </si>
   <si>
     <t>82.09(BAR) COS</t>
   </si>
   <si>
     <t>Littérature russe</t>
   </si>
   <si>
     <t>Dictionnaire amoureux de Pouchkine</t>
   </si>
   <si>
     <t>MARKOWICZ André</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>882(POU) MAR</t>
+  </si>
+  <si>
+    <t>Autres</t>
+  </si>
+  <si>
+    <t>Dictionnaire amoureux des livres et de la lecture</t>
+  </si>
+  <si>
+    <t>ASSOULINE Pierre</t>
+  </si>
+  <si>
+    <t>028 ASS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2026,86 +2038,86 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102779&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59032&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4921&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30801&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+personnages+litt%C3%A9raires+dramatiques&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163949" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29044&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2283&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3202&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6427&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148140&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20d%27histoire%20maritime" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155825" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64955&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163981" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98953&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107902&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=Dictionnaire+universel+des+litt%C3%A9ratures+didier&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1994" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8827&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12882&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+de+citations+fran%C3%A7aises+oster&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+biographique+des+auteurs+laffont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23502&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15637&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4933&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161189" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12881&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20des%20citations%20fran%C3%A7aises%20etrang%C3%A8res&amp;count=100&amp;limit=au:Carlier,%20Robert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101668&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155187&amp;query_desc=kw%2Cwrdl%3A%20114304" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61718&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7104&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161359" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59032&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30801&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+personnages+litt%C3%A9raires+dramatiques&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163949" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29044&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2283&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3202&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6427&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148140&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20d%27histoire%20maritime" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155825" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64955&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163981" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98953&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107902&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=Dictionnaire+universel+des+litt%C3%A9ratures+didier&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1994" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8827&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12882&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+de+citations+fran%C3%A7aises+oster&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+biographique+des+auteurs+laffont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23502&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15637&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4933&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161189" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12881&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20des%20citations%20fran%C3%A7aises%20etrang%C3%A8res&amp;count=100&amp;limit=au:Carlier,%20Robert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101668&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155187&amp;query_desc=kw%2Cwrdl%3A%20114304" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61718&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7104&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=167004" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102779&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4921&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160288" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15186&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2275&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135230&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100843&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159897&amp;query_desc=kw%2Cwrdl%3A%20DICTIONNAIRE%20CHATEAUBRIAND" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65634&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54630&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164066" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=157942" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66901&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163651" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3659&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106866&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20491&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57528&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=The+Penguin+companion+to+literature&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108842&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13829&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108840&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61607&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Encyclopedia+of+post-colonial+literatures+in+English&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143925&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163688" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3739&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98749&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102846&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Oeuvres+compl%C3%A8tes+%2F+Platon+%3B+par+Edouard+Des+Places%2C....+Tome+XIV&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9799&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12880&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20490&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165432" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:Z138"/>
   <sheetViews>
-    <sheetView topLeftCell="A65" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A90" sqref="A90:XFD93"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A99" sqref="A99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="47" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17" customHeight="1">
       <c r="A1" s="47" t="s">
         <v>96</v>
       </c>
       <c r="B1" s="47"/>
       <c r="C1" s="47"/>
       <c r="D1" s="47"/>
       <c r="E1" s="47"/>
     </row>
     <row r="3" spans="1:7" s="6" customFormat="1" ht="32">
       <c r="A3" s="7" t="s">
         <v>0</v>
@@ -3506,50 +3518,77 @@
       <c r="C92" s="10" t="s">
         <v>140</v>
       </c>
       <c r="D92" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="17" thickBot="1">
       <c r="A93" s="42" t="s">
         <v>428</v>
       </c>
       <c r="B93" s="43" t="s">
         <v>429</v>
       </c>
       <c r="C93" s="44" t="s">
         <v>430</v>
       </c>
       <c r="D93" s="45">
         <v>1985</v>
       </c>
       <c r="E93" s="46" t="s">
         <v>58</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="14" thickBot="1"/>
+    <row r="95" spans="1:5" ht="14">
+      <c r="A95" s="14" t="s">
+        <v>444</v>
+      </c>
+      <c r="B95" s="15"/>
+      <c r="C95" s="15"/>
+      <c r="D95" s="15"/>
+      <c r="E95" s="16"/>
+    </row>
+    <row r="96" spans="1:5" ht="17" thickBot="1">
+      <c r="A96" s="20" t="s">
+        <v>445</v>
+      </c>
+      <c r="B96" s="21" t="s">
+        <v>446</v>
+      </c>
+      <c r="C96" s="26" t="s">
+        <v>343</v>
+      </c>
+      <c r="D96" s="23" t="s">
+        <v>442</v>
+      </c>
+      <c r="E96" s="24" t="s">
+        <v>447</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="15">
       <c r="A138" s="2"/>
       <c r="B138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A38" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101668&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{52D47C2D-78FD-884D-9D88-4E699BEAC27C}"/>
     <hyperlink ref="A35" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9DEB5FBE-FDDC-9F40-A686-FA69B4A410D9}"/>
     <hyperlink ref="A40" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D5F9309E-54D9-6B4C-9181-DAF3DC0F5F2B}"/>
     <hyperlink ref="A42" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{AAB929D4-6392-8448-814C-6A6847A1C532}"/>
     <hyperlink ref="A37" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64955&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{192C9AEF-7F17-8142-A297-02C4173ACBDF}"/>
     <hyperlink ref="A39" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D038CEDC-0C47-2840-9024-E4E9CE98DECB}"/>
     <hyperlink ref="A76" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7202433B-93ED-204B-B3A4-2A1CDF11780B}"/>
     <hyperlink ref="A80" r:id="rId8" xr:uid="{7C80B697-6C81-7E45-99D7-FDA1AA327C61}"/>
     <hyperlink ref="A82" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{60EC277A-DBD7-E146-BE20-E18BABCFE2D3}"/>
     <hyperlink ref="A83" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9F1AB24F-DD7B-4D4E-9F20-23E27A569E89}"/>
     <hyperlink ref="A12" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3202&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EEF2F8E1-75A8-D34D-853C-F61260188980}"/>
     <hyperlink ref="A22" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23502&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C5BD194C-9791-5148-B85E-7171B2B67C3A}"/>
@@ -3583,50 +3622,51 @@
     <hyperlink ref="A59" r:id="rId40" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6427&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{98EB9350-B494-C948-94F0-E92D1E03E44A}"/>
     <hyperlink ref="A57" r:id="rId41" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12881&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A1AF1740-0666-C64E-A37F-C8D5CAD6FFCC}"/>
     <hyperlink ref="A53" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{87698D89-C004-4544-8EE6-19395FA42DEF}"/>
     <hyperlink ref="A55" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{96B46CC4-D49B-804A-84AB-E599FA75AA6E}"/>
     <hyperlink ref="A54" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7104&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BB90FE38-BFA9-4F41-ACF4-F32CD3FEED4E}"/>
     <hyperlink ref="A58" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E772994D-82D4-2544-9807-C3F31B00ADC2}"/>
     <hyperlink ref="A60" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4933&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C753109C-64A0-B34B-9E2B-C52D8AC07E48}"/>
     <hyperlink ref="A86" r:id="rId47" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BD54F5BD-CC30-D640-A8DC-9DF49BB0DA91}"/>
     <hyperlink ref="A61" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FBC8A991-190A-9542-8373-18A6B0E5ABBA}"/>
     <hyperlink ref="A64" r:id="rId49" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{47D75989-58B7-3042-89C1-BB4DE885593E}"/>
     <hyperlink ref="A65" r:id="rId50" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{11E3BDF0-8A5A-BB44-BD70-40D1DAEB419D}"/>
     <hyperlink ref="A68" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{131D7267-052A-6343-95D0-C99B81279C07}"/>
     <hyperlink ref="A69" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9DD4D5A4-F1EE-A54A-91BD-7CA4B9A5F417}"/>
     <hyperlink ref="A75" r:id="rId53" xr:uid="{E10D7232-CDFD-1D43-9430-0885C001FE8B}"/>
     <hyperlink ref="A36" r:id="rId54" xr:uid="{E4EDA875-C746-8045-B196-845D89BF0F1F}"/>
     <hyperlink ref="A71" r:id="rId55" xr:uid="{E5510A34-6B08-C34F-86CD-7841BF9A17C2}"/>
     <hyperlink ref="A41" r:id="rId56" xr:uid="{F0459286-7279-714A-9D7E-ECDF129355D0}"/>
     <hyperlink ref="A45" r:id="rId57" xr:uid="{DE49DF2A-EDE7-7743-BCB1-6DE7B0C0F1C5}"/>
     <hyperlink ref="A8" r:id="rId58" xr:uid="{50B46962-7C2C-904B-9C28-25AA7021F957}"/>
     <hyperlink ref="A10" r:id="rId59" xr:uid="{7AEC446B-C00E-6248-A90F-0E0130F0D795}"/>
     <hyperlink ref="A77" r:id="rId60" xr:uid="{AEBE771C-EC1B-8C45-AC14-929E03B1A21F}"/>
     <hyperlink ref="A79" r:id="rId61" xr:uid="{EF27450D-34F6-0940-975F-E00B0BB2203C}"/>
     <hyperlink ref="A91" r:id="rId62" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BAE55CF1-E978-D244-A335-FBEE50FD1640}"/>
     <hyperlink ref="A93" r:id="rId63" xr:uid="{A68054A6-278A-C047-8429-E6CC1D710912}"/>
     <hyperlink ref="A92" r:id="rId64" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8DD75DD4-C015-7D4F-9CEC-CA40531DF4FF}"/>
+    <hyperlink ref="A96" r:id="rId65" xr:uid="{D674D8FE-94D0-924E-AAFF-2EC648186005}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G407"/>
   <sheetViews>
     <sheetView topLeftCell="A3" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
@@ -9246,51 +9286,51 @@
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12880&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2309A5D7-6116-7242-AA09-99F7142D27BF}"/>
     <hyperlink ref="A6" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9799&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D697F69E-5FDF-8A49-9CAB-34745E06B486}"/>
     <hyperlink ref="A9" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102846&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{51C9D403-3D04-5C4E-B293-F118E2872AC8}"/>
     <hyperlink ref="A11" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{63465555-CC90-F74D-92BC-1FBCE97A08E2}"/>
     <hyperlink ref="A14" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20490&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5C17FE80-81B7-FC4E-8D07-7E6C21BE0E1B}"/>
     <hyperlink ref="A16" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CE5B54C0-DAC2-374F-87E5-119764FE4DFA}"/>
     <hyperlink ref="A15" r:id="rId7" xr:uid="{A5897A7F-34AA-714B-8BCC-A2AD4442AB6A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{049091D6-0843-E34A-9042-4886645ADE30}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G104"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
       <c r="A1" s="47" t="s">
         <v>439</v>
       </c>
       <c r="B1" s="47"/>
       <c r="C1" s="47"/>
       <c r="D1" s="47"/>
       <c r="E1" s="47"/>
     </row>
     <row r="3" spans="1:7" s="6" customFormat="1" ht="32">
       <c r="A3" s="7" t="s">