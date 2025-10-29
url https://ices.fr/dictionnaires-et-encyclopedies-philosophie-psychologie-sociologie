--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB855E60-1987-A046-8AE1-7743038941BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{895FFEF7-B408-D441-B4FA-B900BED2889E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="17160" yWindow="500" windowWidth="23800" windowHeight="22540" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="17160" yWindow="500" windowWidth="23800" windowHeight="22540" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Philosophie" sheetId="4" r:id="rId1"/>
     <sheet name="Psychologie" sheetId="9" r:id="rId2"/>
     <sheet name="Sociologie" sheetId="10" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="290">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Éditeur</t>
   </si>
   <si>
     <t>Larousse, Paris</t>
   </si>
   <si>
     <t>Ellipses, Paris</t>
   </si>
   <si>
     <t>Presses universitaires de France, Paris</t>
   </si>
   <si>
     <t>Seuil, Paris</t>
   </si>
   <si>
     <t>Bordas, Paris</t>
   </si>
   <si>
@@ -872,50 +872,68 @@
     <t>BECCARIA Pierre</t>
   </si>
   <si>
     <t>Honoré Champion, Paris</t>
   </si>
   <si>
     <t>001.8 BEC</t>
   </si>
   <si>
     <t>Cote</t>
   </si>
   <si>
     <t>Encyclopédie de la franc-maçonnerie</t>
   </si>
   <si>
     <t>SAUNIER Éric</t>
   </si>
   <si>
     <t>Librairie générale française, Paris</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>061.2 SAU</t>
+  </si>
+  <si>
+    <t>Autre</t>
+  </si>
+  <si>
+    <t>Dictionnaire amoureux de la solitude</t>
+  </si>
+  <si>
+    <t>HENNEZEL Marie</t>
+  </si>
+  <si>
+    <t>Plon, Paris</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>17 HEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1399,51 +1417,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144725&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58479&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67913&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37086&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71555&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Vocabulaire+technique+et+critique+de+la+philosophie+andr%C3%A9+lalande&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69014&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=126691&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112611&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22288&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56956&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+psychologie+moderne+feller+jean&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+psychologie+moderne+feller+jean&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166042&amp;query_desc=kw%2Cwrdl%3A%20117984" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121217&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29464&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153452&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20temps%20pr%C3%A9sent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53526&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16854" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120071&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130335&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48906&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24281&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20encyclop%C3%A9dique%20information%20communication" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111972&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154158" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38888&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59035&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23559&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164284" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52307&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70825&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9367&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119420&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32448&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24263&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" style="1" customWidth="1"/>
@@ -1965,54 +1983,54 @@
     <hyperlink ref="A19" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67913&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3B9A886B-FB64-554A-9619-C360CE6CB30E}"/>
     <hyperlink ref="A20" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7F347074-CF5F-9345-BADA-8C7954565AE7}"/>
     <hyperlink ref="A18" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F4C4A737-FBAE-F843-A3A9-AEF032EE03E6}"/>
     <hyperlink ref="A21" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CEA11562-68C9-2A4D-B4E3-2123FE346F31}"/>
     <hyperlink ref="A27" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9E1073CF-6589-2B41-A358-625751250360}"/>
     <hyperlink ref="A28" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37086&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6A749A80-33A4-1943-937A-29D106BF3225}"/>
     <hyperlink ref="A30" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B862E42A-3AEF-D14E-A061-3E223BD69254}"/>
     <hyperlink ref="A31" r:id="rId19" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{34948AB1-D645-C642-92AF-605AEB859B53}"/>
     <hyperlink ref="A33" r:id="rId20" xr:uid="{4AFE828E-03EB-5B47-88FF-7D3A32152C8A}"/>
     <hyperlink ref="A34" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1CC8748E-839F-7648-A975-9C2B7176D2FE}"/>
     <hyperlink ref="A35" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C2462EA5-2506-6D41-9DC8-2FF11F01CCA8}"/>
     <hyperlink ref="A29" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{04081C5A-F4E0-8D49-AEB7-802648B2E580}"/>
     <hyperlink ref="A32" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F4C6D216-B45C-6842-AA77-848AF824E3CD}"/>
     <hyperlink ref="A23" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E4BC25C2-BDCF-9445-BAB6-3A525D60B69D}"/>
     <hyperlink ref="A7" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0B2370E9-8B9C-BD48-AD34-BC776E4D6005}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA428FAB-81B0-7641-B406-EC6659071259}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:E15"/>
+  <dimension ref="A1:E18"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:XFD3"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
       <c r="A1" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="2" t="s">
         <v>0</v>
@@ -2164,76 +2182,104 @@
       </c>
       <c r="D14" s="5">
         <v>1997</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="17" thickBot="1">
       <c r="A15" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>125</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="15">
         <v>1998</v>
       </c>
       <c r="E15" s="19" t="s">
         <v>126</v>
       </c>
     </row>
+    <row r="16" spans="1:5" ht="14" thickBot="1"/>
+    <row r="17" spans="1:5" ht="14">
+      <c r="A17" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="9"/>
+    </row>
+    <row r="18" spans="1:5" ht="17" thickBot="1">
+      <c r="A18" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>286</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="E18" s="19" t="s">
+        <v>289</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId1" xr:uid="{729D1DD2-3383-524E-AC32-B6ADB72084D3}"/>
     <hyperlink ref="A9" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E07B7AF9-91A7-9E4C-9D6F-E622AD81AF24}"/>
     <hyperlink ref="A8" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{650E3033-564B-004D-9E8B-440A83D4AB4C}"/>
     <hyperlink ref="A7" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EA1C199F-5935-BE4D-BECD-87AE1420EF32}"/>
     <hyperlink ref="A12" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{14202CD5-C601-1240-9C62-6B14B532D0B8}"/>
     <hyperlink ref="A14" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{84761C26-AE73-F242-B054-71C4AD695224}"/>
     <hyperlink ref="A13" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F453B945-F5C5-A041-A514-06C8AF19C42D}"/>
     <hyperlink ref="A15" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{183914E5-0DA1-2B45-BB90-D6E719CF6509}"/>
+    <hyperlink ref="A18" r:id="rId9" xr:uid="{238F0BD4-9F94-7F43-9CF4-C331C7BBC179}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC589D1E-32DE-FB40-A6CC-AB46127F136D}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F173"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A36" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView topLeftCell="A36" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A73" sqref="A73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
       <c r="A1" s="27" t="s">
         <v>133</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="2" t="s">
@@ -2888,51 +2934,51 @@
       <c r="A49" s="21" t="s">
         <v>14</v>
       </c>
       <c r="B49" s="22"/>
       <c r="C49" s="22"/>
       <c r="D49" s="22"/>
       <c r="E49" s="23"/>
     </row>
     <row r="50" spans="1:5" ht="16">
       <c r="A50" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D50" s="5">
         <v>1960</v>
       </c>
       <c r="E50" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="16">
+    <row r="51" spans="1:5" ht="29">
       <c r="A51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>25</v>
       </c>
       <c r="D51" s="5">
         <v>2016</v>
       </c>
       <c r="E51" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="17" thickBot="1">
       <c r="A52" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>5</v>