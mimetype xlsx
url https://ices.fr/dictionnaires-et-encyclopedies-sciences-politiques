--- v0 (2025-10-08)
+++ v1 (2026-01-25)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11102"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/Dictionnaires par filières/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE6622D3-BFEA-6F48-BA15-C44C8197A2E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C876B0C-3195-684C-9665-FA9B60A406D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9120" yWindow="500" windowWidth="30300" windowHeight="22540" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="9120" yWindow="500" windowWidth="30300" windowHeight="22540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sciences politiques" sheetId="6" r:id="rId1"/>
     <sheet name="Géopolitique" sheetId="9" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="195">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Éditeur</t>
   </si>
   <si>
     <t>1989 </t>
   </si>
   <si>
     <t>Larousse, Paris</t>
   </si>
   <si>
     <t>Ellipses, Paris</t>
   </si>
   <si>
     <t>Presses universitaires de France, Paris</t>
   </si>
   <si>
     <t>A. Colin, Paris</t>
   </si>
   <si>
@@ -588,50 +588,65 @@
     <t>327 LHO</t>
   </si>
   <si>
     <t>Nouveau dictionnaire amoureux de la géopolitique</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Renseignement</t>
   </si>
   <si>
     <t>Dictionnaire du renseignement</t>
   </si>
   <si>
     <t>MOUTOUH Hugues, POIROT Jérôme</t>
   </si>
   <si>
     <t>Perrin, Paris</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>327.8 MOU</t>
+  </si>
+  <si>
+    <t>Discours politique</t>
+  </si>
+  <si>
+    <t>Encyclopédie des euphémismes contemporains : et autres manipulations militantes de la langue</t>
+  </si>
+  <si>
+    <t>BIASONI Sami</t>
+  </si>
+  <si>
+    <t>Les Éditions du Cerf, Paris</t>
+  </si>
+  <si>
+    <t>32.01 BIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1132,66 +1147,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110994&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129557&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117309&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116784&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134789&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110785&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+fran%C3%A7aise+henry+coston&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148376&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72292&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148748&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20592&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+administration+bernard&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114073&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117934&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17816&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122419&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40374&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110994&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129557&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117309&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116784&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134789&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166635" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110785&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+fran%C3%A7aise+henry+coston&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148376&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72292&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148748&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20592&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+administration+bernard&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114073&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117934&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17816&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122419&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40374&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107531&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+g%C3%A9opolitique+chauprade&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143804&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101488&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165434" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+relations+internationales+chaigneau&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106634&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161199" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41947&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60687&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20historique%20g%C3%A9opolitique&amp;count=100&amp;limit=au:Cordellier,%20Serge" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108369&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56737&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165121" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:F47"/>
+  <dimension ref="A1:F50"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C45" sqref="C45"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A57" sqref="A57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="49.6640625" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18">
       <c r="A1" s="32" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
     </row>
     <row r="3" spans="1:5" ht="32">
       <c r="A3" s="2" t="s">
         <v>0</v>
@@ -1740,98 +1755,126 @@
       <c r="C46" s="8" t="s">
         <v>155</v>
       </c>
       <c r="D46" s="7">
         <v>2010</v>
       </c>
       <c r="E46" s="21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="17" thickBot="1">
       <c r="A47" s="14" t="s">
         <v>50</v>
       </c>
       <c r="B47" s="15" t="s">
         <v>156</v>
       </c>
       <c r="C47" s="16" t="s">
         <v>155</v>
       </c>
       <c r="D47" s="17">
         <v>2011</v>
       </c>
       <c r="E47" s="22" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="14" thickBot="1"/>
+    <row r="49" spans="1:5" ht="14">
+      <c r="A49" s="28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" s="29"/>
+      <c r="C49" s="29"/>
+      <c r="D49" s="30"/>
+      <c r="E49" s="31"/>
+    </row>
+    <row r="50" spans="1:5" ht="30" thickBot="1">
+      <c r="A50" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D50" s="17" t="s">
+        <v>183</v>
+      </c>
+      <c r="E50" s="22" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110785&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{82A221A3-B04C-BA4F-9EFB-EA69597A1320}"/>
     <hyperlink ref="A11" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{075ED4FE-CED7-7F4B-8732-4DE2C1E1729C}"/>
     <hyperlink ref="A10" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5A184A40-C4E9-724F-A7D8-6A1E2F80D1C8}"/>
     <hyperlink ref="A13" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17816&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2FE7C585-7EF1-114B-B6D8-0685E6288D59}"/>
     <hyperlink ref="A14" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72292&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0554C558-E0C5-A848-8216-E0886A9F437F}"/>
     <hyperlink ref="A15" r:id="rId6" xr:uid="{7A1AC274-330D-E648-9E55-454C5DC7754D}"/>
     <hyperlink ref="A12" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{16B516B1-171C-8E4E-A917-A834236447AB}"/>
     <hyperlink ref="A9" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110994&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DDD1690D-DDDF-CA4B-A482-0C5DC1B8DAA1}"/>
     <hyperlink ref="A17" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122419&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8DC47374-AA8A-F247-8C75-A2DBB39BA598}"/>
     <hyperlink ref="A46" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114073&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{689AB1FD-FB27-434D-A3FE-C167C3E789C8}"/>
     <hyperlink ref="A47" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FA240D1A-8780-CC45-A517-A209FB07FEC6}"/>
     <hyperlink ref="A21" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117309&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7B0BEE10-2E3E-D947-A0E4-22499DF41D71}"/>
     <hyperlink ref="A22" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{157242FC-D922-2B41-8C36-203DE82B6BD4}"/>
     <hyperlink ref="A23" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40374&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1F208DAC-5FF1-014C-A643-4FC06F92E335}"/>
     <hyperlink ref="A29" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148748&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1F0A397-C3E6-8B4F-AD8E-4D564A38226D}"/>
     <hyperlink ref="A28" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134789&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1C2C02F5-CFC5-4245-89D5-BE7E01F959D3}"/>
     <hyperlink ref="A16" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116784&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{70C5C01E-9EE9-2846-BC09-734635270AE5}"/>
     <hyperlink ref="A27" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129557&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4971541E-E030-A747-86C3-30E5573A5F2E}"/>
     <hyperlink ref="A26" r:id="rId19" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117934&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7F172615-7BAE-414F-83C4-730EF7F19374}"/>
     <hyperlink ref="A38" r:id="rId20" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B89868A1-D29D-554B-93F0-F16B1C31CD19}"/>
     <hyperlink ref="A37" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7524E375-78AF-B149-AED0-EC4115150117}"/>
     <hyperlink ref="A18" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3C1E7D53-9899-C349-9306-7AB237972665}"/>
     <hyperlink ref="A42" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20592&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3F7F7F9E-745B-DE43-804E-F5001950699A}"/>
     <hyperlink ref="A41" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148376&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{68AB69DC-9F36-3C4B-A43B-8E13FBC7CDFD}"/>
     <hyperlink ref="A32" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F2438C9F-098F-7C43-8A92-12721B3C3B0F}"/>
     <hyperlink ref="A33" r:id="rId26" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6F32B8E6-D918-8347-8225-4FC67A11BFA6}"/>
     <hyperlink ref="A34" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A3F6990F-557E-F341-AAE9-BCC61CD42439}"/>
     <hyperlink ref="A45" r:id="rId28" xr:uid="{EE6C4C30-C690-4941-A002-EBE4AC49A25C}"/>
+    <hyperlink ref="A50" r:id="rId29" xr:uid="{9A22D7E0-2916-174A-8C88-6420C420B9C2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AD1AD3D-98BD-6843-9B12-699C052C000F}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F35"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="49.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18">
       <c r="A1" s="32" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
     </row>
     <row r="3" spans="1:6" ht="32">
       <c r="A3" s="2" t="s">