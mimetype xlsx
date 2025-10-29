--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -3,76 +3,76 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/BU/Dictionnaires et encyclopédies/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC06AD14-AF78-274B-A4BC-6D2B608F6497}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BEC7C20-AB8D-5E45-904A-5A27ED436FBE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6360" yWindow="500" windowWidth="27400" windowHeight="22540" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13000" yWindow="1520" windowWidth="26460" windowHeight="23680" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lettres" sheetId="1" r:id="rId1"/>
     <sheet name="Histoire, géographie, art" sheetId="2" r:id="rId2"/>
     <sheet name="Religion" sheetId="3" r:id="rId3"/>
     <sheet name="Philosophie, psychologie, socio" sheetId="4" r:id="rId4"/>
     <sheet name="Sciences politiques" sheetId="6" r:id="rId5"/>
     <sheet name="Droit, économie, gestion" sheetId="7" r:id="rId6"/>
     <sheet name="Sciences" sheetId="8" r:id="rId7"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3711" uniqueCount="2767">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="2784">
   <si>
     <t>Lettres</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Éditeurs</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>GAGNIERE Claude </t>
   </si>
   <si>
     <t>1996 </t>
   </si>
   <si>
     <t>82(082) GAG</t>
   </si>
   <si>
     <t>BOLOGNE Jean-Claude </t>
   </si>
   <si>
@@ -8329,50 +8329,101 @@
     <t>MOUTOUH Hugues, POIROT Jérôme</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>327.8 MOU</t>
   </si>
   <si>
     <t>Nouveau dictionnaire amoureux de la géopolitique</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Littérature russe</t>
   </si>
   <si>
     <t>Dictionnaire amoureux de Pouchkine</t>
   </si>
   <si>
     <t>MARKOWICZ André</t>
   </si>
   <si>
     <t>882(POU) MAR</t>
+  </si>
+  <si>
+    <t>Dictionnaire de termes militaires français-espagnol, espagnol-français</t>
+  </si>
+  <si>
+    <t>HAURON Antoine</t>
+  </si>
+  <si>
+    <t>Imprimerie nationale, Paris</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>U 806.0-3 DIC</t>
+  </si>
+  <si>
+    <t>Dictionnaire amoureux de la solitude</t>
+  </si>
+  <si>
+    <t>HENNEZEL Marie</t>
+  </si>
+  <si>
+    <t>17 HEN</t>
+  </si>
+  <si>
+    <t>Vocabulaire illustré de l'ornement : par le décor de l'architecture et des autres arts</t>
+  </si>
+  <si>
+    <t>THOMAS Évelyne</t>
+  </si>
+  <si>
+    <t>Eyrolles, Paris</t>
+  </si>
+  <si>
+    <t>745 THO</t>
+  </si>
+  <si>
+    <t>Architecture : description et vocabulaire méthodiques</t>
+  </si>
+  <si>
+    <t>PÉROUSE DE MONTCLOS Jean-Marie</t>
+  </si>
+  <si>
+    <t>72 PER</t>
+  </si>
+  <si>
+    <t>Editions du patrimoine, Centre des monuments nationaux, Paris</t>
+  </si>
+  <si>
+    <t>Décoration/ornementation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -8438,51 +8489,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -8737,56 +8788,98 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -9008,50 +9101,71 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -9234,103 +9348,103 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54630&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102779&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160288" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47330&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65634&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57528&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Oeuvres+compl%C3%A8tes+%2F+Platon+%3B+par+Edouard+Des+Places%2C....+Tome+XIV&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106866&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3739&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98953&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4921&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7104&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15186&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164066" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20491&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3659&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107902&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2283&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100843&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155187&amp;query_desc=kw%2Cwrdl%3A%20114304" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161359" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64331&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163949" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12880&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101668&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64955&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23502&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161189" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148140&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20d%27histoire%20maritime" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159897&amp;query_desc=kw%2Cwrdl%3A%20DICTIONNAIRE%20CHATEAUBRIAND" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165432" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+biographique+des+auteurs+laffont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=Dictionnaire+universel+des+litt%C3%A9ratures+didier&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1994" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6427&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53999&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66901&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=The+Penguin+companion+to+literature&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Encyclopedia+of+post-colonial+literatures+in+English&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143925&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98749&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3202&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22267&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12882&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163651" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8827&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4933&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135230&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9799&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155825" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+de+citations+fran%C3%A7aises+oster&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2275&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15637&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30801&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12881&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61607&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163688" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108840&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29044&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+personnages+litt%C3%A9raires+dramatiques&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59032&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61718&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20490&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=157942" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102846&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20des%20citations%20fran%C3%A7aises%20etrang%C3%A8res&amp;count=100&amp;limit=au:Carlier,%20Robert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61719&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108842&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13829&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163981" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61609&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155188&amp;query_desc=kw%2Cwrdl%3A%20114303" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61606&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11143&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29524&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+comment%C3%A9+oeuvre+g%C3%A9n%C3%A9ral+de+Gaulle&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60062&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114245&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+biographique+des+g%C3%A9n%C3%A9raux+autrichiens+sous+la+R%C3%A9volution+et+l%27Empire&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15877&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+biographique+g%C3%A9n%C3%A9raux+amiraux+georges+six+saffroy&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102266&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142911&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65759&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48907&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106564&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163658" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dtv-W%C3%B6rterbuch+zur+Geschichte&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119208&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60601&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12615&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20grande%20arm%C3%A9e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60887&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14963&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114244&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+seconde+guerre+mondiale+origines+dumont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29692&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117077&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119206&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69803&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+critique+politique+maurras+cit%C3%A9+livres&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22505&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158186" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107084&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107383&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72238&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29259&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24096&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+parlementaires+fran%C3%A7ais+assembl%C3%A9e+nationale&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3120&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5580&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9346&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45781&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164582" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9020&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122850&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22520&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69820&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48530&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=impressionnisme+dictionnaire+monneret&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61948&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118683&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=51042&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158188&amp;query_desc=kw%2Cwrdl%3A%20maitron%20dictionnaire%20biographique" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158190" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+histoire+contemporaine+1776-1969&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8657&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119558&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28629&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127027&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38463&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46337&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11716&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164321" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22969&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111045&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22512&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122083&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40271&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69928&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65744&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64776&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158990" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127109&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49597&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+encyclop%C3%A9dique+moyen+age&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63884&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=25767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=36517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132815&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1992&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64566&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9693&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11476&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111642&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60343&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107067&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22519&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158993" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106647&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127506&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42048&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61164&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9366&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5234&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117964&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119343&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31222&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+etymologique+noms+famille+morlet&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112552&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158819" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11463&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69930&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16853&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99049&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60102&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63072&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158158" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65536&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5227&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59225&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54439&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=dictionnaire+des+biographies+XXe+si%C3%A8cle&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1992" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66319&amp;query_desc=kw%2Cwrdl%3A%20larousse%20seconde%20guerre%20mondiale" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42036&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111546&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38251&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159605&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20amoureux%20napoleon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15219&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+de+gaulle+andrieu&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24197&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22224&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20biographique%20mouvement%20ouvrier%20mouvement%20social%20claude%20pennetier&amp;limit=au%3APennetier%2C%20Claude&amp;count=100&amp;limit=location:2E" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127098&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158183" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124211&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37370&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127026&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67433&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29028" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61046&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60016&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160408" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114649&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113209&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61012&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129670&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=notable+american+women&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145709&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69034&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56018&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158163" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17087&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32038&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1989&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13266&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19483&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154245&amp;query_desc=kw%2Cwrdl%3A%20petite%20encyclop%C3%A9die%20peinture" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20histoire%20universelle%20mourre%20michel&amp;count=100&amp;limit=location:FD" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14456&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65758&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154840&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20mar&#233;chaux%20napol&#233;on" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121979&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11199&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162336" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18360&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17088&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129847&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31172&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63373&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16858&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62134&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128754&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121705&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42005&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54081&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32687&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=maitron+dictionnaire+biographique&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158160" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117099&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59497&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122178&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61609&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155188&amp;query_desc=kw%2Cwrdl%3A%20114303" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61606&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11143&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29524&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+comment%C3%A9+oeuvre+g%C3%A9n%C3%A9ral+de+Gaulle&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60062&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114245&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+biographique+des+g%C3%A9n%C3%A9raux+autrichiens+sous+la+R%C3%A9volution+et+l%27Empire&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15877&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+biographique+g%C3%A9n%C3%A9raux+amiraux+georges+six+saffroy&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102266&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119341&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142911&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65759&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48907&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106564&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163658" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dtv-W%C3%B6rterbuch+zur+Geschichte&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119208&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60601&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12615&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62132&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20grande%20arm%C3%A9e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60887&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14963&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114244&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+seconde+guerre+mondiale+origines+dumont&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29692&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117077&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119206&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69803&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+critique+politique+maurras+cit%C3%A9+livres&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22505&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158186" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107084&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107383&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72238&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29259&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24096&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+parlementaires+fran%C3%A7ais+assembl%C3%A9e+nationale&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3120&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5580&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9346&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45781&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164582" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9020&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122850&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22520&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69820&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48530&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=impressionnisme+dictionnaire+monneret&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61948&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118683&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=51042&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158188&amp;query_desc=kw%2Cwrdl%3A%20maitron%20dictionnaire%20biographique" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158190" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+histoire+contemporaine+1776-1969&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8657&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119558&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28629&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127027&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38463&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46337&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11716&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114894&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164321" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22969&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111045&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116919&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22512&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122083&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40271&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69928&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65744&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64776&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158990" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127109&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128304&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49597&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+encyclop%C3%A9dique+moyen+age&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63884&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=25767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166192&amp;query_desc=kw%2Cwrdl%3A%20118192" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=36517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132815&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1992&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64566&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9693&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11476&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111642&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60343&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69929&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107067&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22519&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158993" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106647&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127506&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42048&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61164&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166136&amp;query_desc=kw%2Cwrdl%3A%20117804" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9366&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5234&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117964&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119343&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31222&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+etymologique+noms+famille+morlet&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112552&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4997&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158819" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9325&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11463&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69930&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16853&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99049&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60102&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63544&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63072&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158158" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65536&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64869&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5227&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142241&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59225&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54439&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=dictionnaire+des+biographies+XXe+si%C3%A8cle&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1992" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31753&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66319&amp;query_desc=kw%2Cwrdl%3A%20larousse%20seconde%20guerre%20mondiale" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42036&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111546&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38251&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159605&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20amoureux%20napoleon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15219&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+de+gaulle+andrieu&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24197&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22224&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20biographique%20mouvement%20ouvrier%20mouvement%20social%20claude%20pennetier&amp;limit=au%3APennetier%2C%20Claude&amp;count=100&amp;limit=location:2E" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127098&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158183" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124211&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37370&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=127026&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16856&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67433&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29028" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61046&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60016&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160408" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103976&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114649&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113209&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61012&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129670&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=notable+american+women&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145709&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69034&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65628&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56018&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158163" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17087&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32038&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1989&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13266&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19483&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154245&amp;query_desc=kw%2Cwrdl%3A%20petite%20encyclop%C3%A9die%20peinture" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119233&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20histoire%20universelle%20mourre%20michel&amp;count=100&amp;limit=location:FD" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120160&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109149&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14456&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158182" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59588&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65758&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154840&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20mar&#233;chaux%20napol&#233;on" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121979&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11199&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162336" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18360&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17088&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129847&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31172&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63373&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16858&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=62134&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=128754&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121705&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42005&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54081&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32687&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=maitron+dictionnaire+biographique&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158160" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5095&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117099&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59497&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122178&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21398&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61974&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15794&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9369&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121178&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=encyclop%C3%A9die+protestantisme+gisel&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23016&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56425&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103653&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60001&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42771&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12939&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14829&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102808&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155232&amp;query_desc=kw%2Cwrdl%3A%20114333" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=%C3%A9tat+religions+dans+monde+cl%C3%A9venot&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=33773&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3793&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111536&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5296&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4928&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42414&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15792&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=51280&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132499&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15182&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15187&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Die+Religion+in+Geschichte+und+Gegenwart&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68582&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164477" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2337&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=1336&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39695&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38053&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+th%C3%A9ologie+fondamentale+latourelle&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17285&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32321&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14512&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148275&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=dictionnaire+encyclop%C3%A9dique+bible&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1987" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111741&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9368&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115519&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31898&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72195&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=7191&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61860&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?advsearch=1&amp;idx=kw&amp;q=Dictionnaire+de+la+foi+chr%C3%A9tienne+olivier+brosse+cerf&amp;weight_search=1&amp;do=Rechercher&amp;sort_by=relevance&amp;limit-yr=1968" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31352&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46952&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59047&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=36945&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41145&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42400&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=125048&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154141&amp;query_desc=kw%2Cwrdl%3A%20j%C3%A9suites%20histoire%20dictionnaire" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+des+religions+Paul+Poupard&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104277&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=34602&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61067&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18760&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115137&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=World+Christian+encyclopedia&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+encyclop%C3%A9dique+judaisme&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12230&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=34897&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+psychologie+moderne+feller+jean&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70825&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59035&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71555&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37086&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67913&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16854" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32448&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53526&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153452&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20temps%20pr%C3%A9sent" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=126691&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Vocabulaire+technique+et+critique+de+la+philosophie+andr%C3%A9+lalande&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23559&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38888&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56956&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29464&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58479&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121217&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9367&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119420&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130335&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24263&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154158" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69014&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120071&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112611&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24281&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20encyclop%C3%A9dique%20information%20communication" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52307&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164284" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144725&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48906&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+psychologie+moderne+feller+jean&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70825&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59035&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37086&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67913&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16854" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32448&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53526&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153452&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20temps%20pr%C3%A9sent" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=126691&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Vocabulaire+technique+et+critique+de+la+philosophie+andr%C3%A9+lalande&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23559&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38888&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166042&amp;query_desc=kw%2Cwrdl%3A%20117984" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56956&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29464&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58479&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121217&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9367&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119420&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130335&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24263&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154158" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69014&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120071&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112611&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24281&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20encyclop%C3%A9dique%20information%20communication" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52307&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164284" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144725&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48906&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71555&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117309&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116784&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145269&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+relations+internationales+chaigneau&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20historique%20g%C3%A9opolitique&amp;count=100&amp;limit=au:Cordellier,%20Serge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165434" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117931&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57262&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148748&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=41947&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114073&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20592&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108369&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107531&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106634&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72292&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40374&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67344&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=165121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+administration+bernard&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129557&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=101488&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=17816&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122419&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10892&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60687&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=161199" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110994&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=114074&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=134789&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148376&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56737&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143804&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117934&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+g%C3%A9opolitique+chauprade&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110785&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=dictionnaire+politique+fran%C3%A7aise+henry+coston&amp;weight_search=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160274" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163023" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=encyclop%C3%A9die+%C3%A9conomique+xavier+greffe&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+encyclop%C3%A9dique+de+finances+publiques+philip&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163684" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159692" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153796" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113886&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154897&amp;query_desc=kw%2Cwrdl%3A%20114270" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20d%27histoire%20maritime&amp;count=100&amp;limit=au:Verg%C3%A9-Franceschi,%20Michel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163690" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=referis&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20droit%20constitutionnel%20villiers" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162330&amp;query_desc=kw%2Cwrdl%3A%20Dictionnaire%20des%20sciences%20%C3%A9conomiques" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158958" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59950&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12641&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=160274" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163023" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11009&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11054&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19507&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53240&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53468&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=encyclop%C3%A9die+%C3%A9conomique+xavier+greffe&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=Dictionnaire+encyclop%C3%A9dique+de+finances+publiques+philip&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163684" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118216&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97175&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59713&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=159692" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=153796" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113886&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=166257&amp;query_desc=kw%2Cwrdl%3A%20117317" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=154897&amp;query_desc=kw%2Cwrdl%3A%20114270" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64875&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47535&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=kw&amp;q=dictionnaire%20d%27histoire%20maritime&amp;count=100&amp;limit=au:Verg%C3%A9-Franceschi,%20Michel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=163690" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-search.pl?idx=&amp;q=referis&amp;weight_search=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11060&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=164740&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20droit%20constitutionnel%20villiers" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113797&amp;query_desc=kw%2Cwrdl%3A%20dictionnaire%20%C3%A9conomique%20et%20social" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=162330&amp;query_desc=kw%2Cwrdl%3A%20Dictionnaire%20des%20sciences%20%C3%A9conomiques" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103124&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57135&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=158958" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54416&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56169&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112698&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67910&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29496&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148752&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132118&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29275&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52821&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32299&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52293&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48822&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102268&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65443&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=57758&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110522&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46048&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56005&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2594&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106903&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118051&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24376&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5773&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48807&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66461&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52277&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=122762&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132816&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58622&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16371&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=26064&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=125210&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32300&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56278&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130024&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12499&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31446&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=155754&amp;query_desc=kw%2Cwrdl%3A%20114571" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=116938&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=13972&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55994&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4357&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=21644&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=30364&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:Z147"/>
   <sheetViews>
     <sheetView topLeftCell="A112" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A146" sqref="A146:XFD147"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="48" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17" customHeight="1">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>97</v>
       </c>
@@ -11839,75 +11953,75 @@
     <hyperlink ref="A142" r:id="rId100" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20490&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D2D3259A-876A-8E47-8886-63928ABB9A8B}"/>
     <hyperlink ref="A144" r:id="rId101" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{61193E1D-6B8C-5047-9DDC-34862FF7162B}"/>
     <hyperlink ref="A143" r:id="rId102" xr:uid="{7752FAE5-C15C-534B-BEA3-1108A7ADEED0}"/>
     <hyperlink ref="A39" r:id="rId103" xr:uid="{1F322405-4E50-2B4C-9EBD-475EABA84522}"/>
     <hyperlink ref="A8" r:id="rId104" xr:uid="{BAAE325B-F518-CE46-A164-3D881504FF33}"/>
     <hyperlink ref="A92" r:id="rId105" xr:uid="{32C3D76C-3204-4144-9DD8-5D7C5C5BE740}"/>
     <hyperlink ref="A97" r:id="rId106" xr:uid="{76E81378-CACA-C443-B3CB-F9336619E39B}"/>
     <hyperlink ref="A93" r:id="rId107" xr:uid="{D0D1EEA8-9F55-A348-AC7B-CEE1A5852E4F}"/>
     <hyperlink ref="A67" r:id="rId108" xr:uid="{0EF15004-1F45-9141-B5A1-00635F54FEAD}"/>
     <hyperlink ref="A102" r:id="rId109" xr:uid="{BFBD9332-D5B4-3446-B4BB-81782667B771}"/>
     <hyperlink ref="A112" r:id="rId110" xr:uid="{411C5656-450D-5E4E-ACD8-0ED534182D98}"/>
     <hyperlink ref="A69" r:id="rId111" xr:uid="{1D055F1C-7FAA-A441-9CF4-38428F7D56F0}"/>
     <hyperlink ref="A80" r:id="rId112" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28603&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{963569ED-B7B2-534B-9535-7FDF4EDF0F8C}"/>
     <hyperlink ref="A94" r:id="rId113" xr:uid="{D229CBCE-19B2-7C46-99BE-712F10242381}"/>
     <hyperlink ref="A147" r:id="rId114" xr:uid="{9B7EB31E-4176-364D-9EB1-502A4AAFBAD7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:G421"/>
+  <dimension ref="A1:G424"/>
   <sheetViews>
-    <sheetView topLeftCell="A375" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B396" sqref="B396"/>
+    <sheetView topLeftCell="A383" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A399" sqref="A399"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="45.33203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>1304</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>1498</v>
       </c>
@@ -17515,657 +17629,700 @@
       </c>
       <c r="D379" s="12">
         <v>1946</v>
       </c>
       <c r="E379" s="32" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="380" spans="1:5" ht="16">
       <c r="A380" s="17" t="s">
         <v>2161</v>
       </c>
       <c r="B380" s="10" t="s">
         <v>2162</v>
       </c>
       <c r="C380" s="9" t="s">
         <v>438</v>
       </c>
       <c r="D380" s="12">
         <v>1994</v>
       </c>
       <c r="E380" s="32" t="s">
         <v>2163</v>
       </c>
     </row>
-    <row r="381" spans="1:5" ht="14">
-      <c r="A381" s="44" t="s">
+    <row r="381" spans="1:5" ht="29">
+      <c r="A381" s="17" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B381" s="10" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C381" s="9" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D381" s="12" t="s">
+        <v>2647</v>
+      </c>
+      <c r="E381" s="32" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" ht="14">
+      <c r="A382" s="44" t="s">
         <v>2167</v>
       </c>
-      <c r="B381" s="42"/>
-[...5 lines deleted...]
-      <c r="A382" s="17" t="s">
+      <c r="B382" s="42"/>
+      <c r="C382" s="42"/>
+      <c r="D382" s="43"/>
+      <c r="E382" s="46"/>
+    </row>
+    <row r="383" spans="1:5" ht="29">
+      <c r="A383" s="17" t="s">
         <v>2184</v>
-      </c>
-[...15 lines deleted...]
-        <v>2187</v>
       </c>
       <c r="B383" s="10" t="s">
         <v>2185</v>
       </c>
       <c r="C383" s="9" t="s">
         <v>2186</v>
       </c>
       <c r="D383" s="12">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="E383" s="32" t="s">
         <v>2168</v>
       </c>
     </row>
-    <row r="384" spans="1:5" ht="14">
-      <c r="A384" s="44" t="s">
+    <row r="384" spans="1:5" ht="16">
+      <c r="A384" s="17" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B384" s="10" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C384" s="9" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D384" s="12">
+        <v>1992</v>
+      </c>
+      <c r="E384" s="32" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" ht="14">
+      <c r="A385" s="44" t="s">
         <v>2189</v>
       </c>
-      <c r="B384" s="42"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B385" s="42"/>
+      <c r="C385" s="42"/>
+      <c r="D385" s="43"/>
+      <c r="E385" s="46"/>
     </row>
     <row r="386" spans="1:5" ht="16">
       <c r="A386" s="17" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B386" s="10" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C386" s="9" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D386" s="12">
+        <v>1995</v>
+      </c>
+      <c r="E386" s="32" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" ht="16">
+      <c r="A387" s="17" t="s">
         <v>2178</v>
       </c>
-      <c r="B386" s="8" t="s">
+      <c r="B387" s="8" t="s">
         <v>2179</v>
       </c>
-      <c r="C386" s="9" t="s">
+      <c r="C387" s="9" t="s">
         <v>668</v>
       </c>
-      <c r="D386" s="12">
+      <c r="D387" s="12">
         <v>1997</v>
       </c>
-      <c r="E386" s="35" t="s">
+      <c r="E387" s="35" t="s">
         <v>2180</v>
       </c>
     </row>
-    <row r="387" spans="1:5" ht="14">
-      <c r="A387" s="44" t="s">
+    <row r="388" spans="1:5" ht="14">
+      <c r="A388" s="44" t="s">
         <v>2190</v>
       </c>
-      <c r="B387" s="42"/>
-[...17 lines deleted...]
-      </c>
+      <c r="B388" s="42"/>
+      <c r="C388" s="42"/>
+      <c r="D388" s="43"/>
+      <c r="E388" s="46"/>
     </row>
     <row r="389" spans="1:5" ht="16">
       <c r="A389" s="17" t="s">
-        <v>2195</v>
+        <v>2194</v>
       </c>
       <c r="B389" s="10"/>
       <c r="C389" s="9" t="s">
         <v>1023</v>
       </c>
       <c r="D389" s="12">
         <v>1966</v>
       </c>
       <c r="E389" s="32" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="390" spans="1:5" ht="16">
       <c r="A390" s="17" t="s">
-        <v>2192</v>
-[...3 lines deleted...]
-      </c>
+        <v>2195</v>
+      </c>
+      <c r="B390" s="10"/>
       <c r="C390" s="9" t="s">
         <v>1023</v>
       </c>
       <c r="D390" s="12">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="E390" s="32" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="391" spans="1:5" ht="16">
       <c r="A391" s="17" t="s">
         <v>2192</v>
       </c>
       <c r="B391" s="10" t="s">
         <v>162</v>
       </c>
       <c r="C391" s="9" t="s">
         <v>1023</v>
       </c>
       <c r="D391" s="12">
         <v>1968</v>
       </c>
       <c r="E391" s="32" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="392" spans="1:5" ht="16">
       <c r="A392" s="17" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B392" s="10" t="s">
-        <v>2177</v>
+        <v>162</v>
       </c>
       <c r="C392" s="9" t="s">
         <v>1023</v>
       </c>
       <c r="D392" s="12">
         <v>1968</v>
       </c>
       <c r="E392" s="32" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="393" spans="1:5" ht="16">
       <c r="A393" s="17" t="s">
-        <v>2193</v>
+        <v>2191</v>
       </c>
       <c r="B393" s="10" t="s">
         <v>2177</v>
       </c>
       <c r="C393" s="9" t="s">
         <v>1023</v>
       </c>
       <c r="D393" s="12">
         <v>1968</v>
       </c>
       <c r="E393" s="32" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="394" spans="1:5" ht="16">
       <c r="A394" s="17" t="s">
-        <v>2175</v>
-[...2 lines deleted...]
-        <v>2149</v>
+        <v>2193</v>
+      </c>
+      <c r="B394" s="10" t="s">
+        <v>2177</v>
       </c>
       <c r="C394" s="9" t="s">
-        <v>2155</v>
+        <v>1023</v>
       </c>
       <c r="D394" s="12">
-        <v>1995</v>
-[...2 lines deleted...]
-        <v>2150</v>
+        <v>1968</v>
+      </c>
+      <c r="E394" s="32" t="s">
+        <v>2176</v>
       </c>
     </row>
     <row r="395" spans="1:5" ht="16">
       <c r="A395" s="17" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B395" s="8" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C395" s="9" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D395" s="12">
+        <v>1995</v>
+      </c>
+      <c r="E395" s="35" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" ht="16">
+      <c r="A396" s="17" t="s">
         <v>2172</v>
       </c>
-      <c r="B395" s="8" t="s">
+      <c r="B396" s="8" t="s">
         <v>2173</v>
       </c>
-      <c r="C395" s="9" t="s">
+      <c r="C396" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="D395" s="12">
+      <c r="D396" s="12">
         <v>1971</v>
       </c>
-      <c r="E395" s="35" t="s">
+      <c r="E396" s="35" t="s">
         <v>2174</v>
       </c>
     </row>
-    <row r="396" spans="1:5" ht="17" thickBot="1">
-      <c r="A396" s="67" t="s">
+    <row r="397" spans="1:5" ht="17" thickBot="1">
+      <c r="A397" s="67" t="s">
         <v>2733</v>
       </c>
-      <c r="B396" s="85" t="s">
+      <c r="B397" s="85" t="s">
         <v>2734</v>
       </c>
-      <c r="C396" s="69" t="s">
+      <c r="C397" s="69" t="s">
         <v>345</v>
       </c>
-      <c r="D396" s="70" t="s">
+      <c r="D397" s="70" t="s">
         <v>2704</v>
       </c>
-      <c r="E396" s="86" t="s">
+      <c r="E397" s="86" t="s">
         <v>2735</v>
       </c>
     </row>
-    <row r="397" spans="1:5" ht="14">
-      <c r="A397" s="50" t="s">
+    <row r="398" spans="1:5" ht="14">
+      <c r="A398" s="50" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B398" s="51"/>
+      <c r="C398" s="51"/>
+      <c r="D398" s="54"/>
+      <c r="E398" s="55"/>
+    </row>
+    <row r="399" spans="1:5" ht="17" thickBot="1">
+      <c r="A399" s="89" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B399" s="94" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C399" s="91" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D399" s="92" t="s">
+        <v>2682</v>
+      </c>
+      <c r="E399" s="95" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" ht="14">
+      <c r="A400" s="50" t="s">
         <v>2196</v>
       </c>
-      <c r="B397" s="51"/>
-[...5 lines deleted...]
-      <c r="A398" s="17" t="s">
+      <c r="B400" s="51"/>
+      <c r="C400" s="51"/>
+      <c r="D400" s="54"/>
+      <c r="E400" s="55"/>
+    </row>
+    <row r="401" spans="1:6" ht="16">
+      <c r="A401" s="17" t="s">
         <v>2197</v>
       </c>
-      <c r="B398" s="8"/>
-      <c r="C398" s="9" t="s">
+      <c r="B401" s="8"/>
+      <c r="C401" s="9" t="s">
         <v>1611</v>
       </c>
-      <c r="D398" s="8" t="s">
+      <c r="D401" s="8" t="s">
         <v>257</v>
       </c>
-      <c r="E398" s="18" t="s">
+      <c r="E401" s="18" t="s">
         <v>2198</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="E401" s="52"/>
     </row>
     <row r="402" spans="1:6" ht="16">
       <c r="A402" s="17" t="s">
-        <v>2211</v>
-[...1 lines deleted...]
-      <c r="B402" s="10"/>
+        <v>2202</v>
+      </c>
+      <c r="B402" s="10" t="s">
+        <v>2199</v>
+      </c>
       <c r="C402" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="D402" s="12">
+      <c r="D402" s="10" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E402" s="19" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6" ht="15" thickBot="1">
+      <c r="A403" s="23" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B403" s="25" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C403" s="25" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D403" s="59">
+        <v>2004</v>
+      </c>
+      <c r="E403" s="60" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" ht="14">
+      <c r="A404" s="50" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B404" s="51"/>
+      <c r="C404" s="51"/>
+      <c r="D404" s="51"/>
+      <c r="E404" s="52"/>
+    </row>
+    <row r="405" spans="1:6" ht="16">
+      <c r="A405" s="17" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B405" s="10"/>
+      <c r="C405" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="D405" s="12">
         <v>1994</v>
       </c>
-      <c r="E402" s="32" t="s">
+      <c r="E405" s="32" t="s">
         <v>2206</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="E405" s="52"/>
     </row>
     <row r="406" spans="1:6" ht="16">
       <c r="A406" s="17" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B406" s="10" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C406" s="9" t="s">
+        <v>826</v>
+      </c>
+      <c r="D406" s="12">
+        <v>1990</v>
+      </c>
+      <c r="E406" s="32" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6" ht="17" thickBot="1">
+      <c r="A407" s="23" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B407" s="24" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C407" s="29" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D407" s="26" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E407" s="33" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6" ht="14">
+      <c r="A408" s="50" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B408" s="51"/>
+      <c r="C408" s="51"/>
+      <c r="D408" s="51"/>
+      <c r="E408" s="52"/>
+    </row>
+    <row r="409" spans="1:6" ht="16">
+      <c r="A409" s="17" t="s">
         <v>2214</v>
       </c>
-      <c r="B406" s="10" t="s">
+      <c r="B409" s="10" t="s">
         <v>2223</v>
       </c>
-      <c r="C406" s="9" t="s">
+      <c r="C409" s="9" t="s">
         <v>1859</v>
       </c>
-      <c r="D406" s="10" t="s">
+      <c r="D409" s="10" t="s">
         <v>2215</v>
       </c>
-      <c r="E406" s="19" t="s">
+      <c r="E409" s="19" t="s">
         <v>2216</v>
       </c>
-      <c r="F406" s="2" t="s">
+      <c r="F409" s="2" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="407" spans="1:6" ht="16">
-      <c r="A407" s="17" t="s">
+    <row r="410" spans="1:6" ht="16">
+      <c r="A410" s="17" t="s">
         <v>2217</v>
       </c>
-      <c r="B407" s="10" t="s">
+      <c r="B410" s="10" t="s">
         <v>2218</v>
       </c>
-      <c r="C407" s="9" t="s">
+      <c r="C410" s="9" t="s">
         <v>2224</v>
       </c>
-      <c r="D407" s="10" t="s">
+      <c r="D410" s="10" t="s">
         <v>2568</v>
       </c>
-      <c r="E407" s="19" t="s">
+      <c r="E410" s="19" t="s">
         <v>2219</v>
       </c>
     </row>
-    <row r="408" spans="1:6" ht="17" thickBot="1">
-      <c r="A408" s="23" t="s">
+    <row r="411" spans="1:6" ht="17" thickBot="1">
+      <c r="A411" s="23" t="s">
         <v>2220</v>
       </c>
-      <c r="B408" s="24" t="s">
+      <c r="B411" s="24" t="s">
         <v>2221</v>
       </c>
-      <c r="C408" s="29" t="s">
+      <c r="C411" s="29" t="s">
         <v>2225</v>
       </c>
-      <c r="D408" s="24" t="s">
+      <c r="D411" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="E408" s="27" t="s">
+      <c r="E411" s="27" t="s">
         <v>2222</v>
       </c>
     </row>
-    <row r="409" spans="1:6" ht="14">
-      <c r="A409" s="50" t="s">
+    <row r="412" spans="1:6" ht="14">
+      <c r="A412" s="50" t="s">
         <v>2226</v>
       </c>
-      <c r="B409" s="51"/>
-[...5 lines deleted...]
-      <c r="A410" s="44" t="s">
+      <c r="B412" s="51"/>
+      <c r="C412" s="51"/>
+      <c r="D412" s="51"/>
+      <c r="E412" s="52"/>
+    </row>
+    <row r="413" spans="1:6" ht="14">
+      <c r="A413" s="44" t="s">
         <v>2227</v>
       </c>
-      <c r="B410" s="42"/>
-[...5 lines deleted...]
-      <c r="A411" s="17" t="s">
+      <c r="B413" s="42"/>
+      <c r="C413" s="42"/>
+      <c r="D413" s="42"/>
+      <c r="E413" s="45"/>
+    </row>
+    <row r="414" spans="1:6" ht="16">
+      <c r="A414" s="17" t="s">
         <v>2228</v>
       </c>
-      <c r="B411" s="10" t="s">
+      <c r="B414" s="10" t="s">
         <v>2229</v>
       </c>
-      <c r="C411" s="9" t="s">
+      <c r="C414" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="D411" s="12" t="s">
+      <c r="D414" s="12" t="s">
         <v>68</v>
       </c>
-      <c r="E411" s="32" t="s">
+      <c r="E414" s="32" t="s">
         <v>2230</v>
       </c>
     </row>
-    <row r="412" spans="1:6" ht="16">
-      <c r="A412" s="17" t="s">
+    <row r="415" spans="1:6" ht="16">
+      <c r="A415" s="17" t="s">
         <v>2231</v>
       </c>
-      <c r="B412" s="10" t="s">
+      <c r="B415" s="10" t="s">
         <v>2232</v>
       </c>
-      <c r="C412" s="9" t="s">
+      <c r="C415" s="9" t="s">
         <v>201</v>
       </c>
-      <c r="D412" s="12" t="s">
+      <c r="D415" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E412" s="32" t="s">
+      <c r="E415" s="32" t="s">
         <v>2233</v>
       </c>
-      <c r="F412" s="2" t="s">
+      <c r="F415" s="2" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="413" spans="1:6" ht="16">
-      <c r="A413" s="17" t="s">
+    <row r="416" spans="1:6" ht="16">
+      <c r="A416" s="17" t="s">
         <v>2234</v>
       </c>
-      <c r="B413" s="10" t="s">
+      <c r="B416" s="10" t="s">
         <v>2235</v>
       </c>
-      <c r="C413" s="9" t="s">
+      <c r="C416" s="9" t="s">
         <v>1859</v>
       </c>
-      <c r="D413" s="12" t="s">
+      <c r="D416" s="12" t="s">
         <v>2059</v>
       </c>
-      <c r="E413" s="32" t="s">
+      <c r="E416" s="32" t="s">
         <v>2236</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="14">
-      <c r="A414" s="44" t="s">
+    <row r="417" spans="1:6" ht="14">
+      <c r="A417" s="44" t="s">
         <v>2482</v>
       </c>
-      <c r="B414" s="61"/>
-[...5 lines deleted...]
-      <c r="A415" s="17" t="s">
+      <c r="B417" s="61"/>
+      <c r="C417" s="61"/>
+      <c r="D417" s="61"/>
+      <c r="E417" s="62"/>
+    </row>
+    <row r="418" spans="1:6" ht="14">
+      <c r="A418" s="17" t="s">
         <v>2483</v>
       </c>
-      <c r="B415" s="13" t="s">
+      <c r="B418" s="13" t="s">
         <v>2484</v>
       </c>
-      <c r="C415" s="13" t="s">
+      <c r="C418" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="D415" s="63">
+      <c r="D418" s="63">
         <v>1994</v>
       </c>
-      <c r="E415" s="22" t="s">
+      <c r="E418" s="22" t="s">
         <v>2485</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="14">
-      <c r="A416" s="44" t="s">
+    <row r="419" spans="1:6" ht="14">
+      <c r="A419" s="44" t="s">
         <v>2237</v>
       </c>
-      <c r="B416" s="42"/>
-[...3 lines deleted...]
-      <c r="F416" s="2" t="s">
+      <c r="B419" s="42"/>
+      <c r="C419" s="42"/>
+      <c r="D419" s="43"/>
+      <c r="E419" s="46"/>
+      <c r="F419" s="2" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="417" spans="1:5" ht="16">
-      <c r="A417" s="17" t="s">
+    <row r="420" spans="1:6" ht="16">
+      <c r="A420" s="17" t="s">
         <v>2238</v>
       </c>
-      <c r="B417" s="10" t="s">
+      <c r="B420" s="10" t="s">
         <v>2239</v>
       </c>
-      <c r="C417" s="9" t="s">
+      <c r="C420" s="9" t="s">
         <v>2250</v>
       </c>
-      <c r="D417" s="12" t="s">
+      <c r="D420" s="12" t="s">
         <v>257</v>
       </c>
-      <c r="E417" s="32" t="s">
+      <c r="E420" s="32" t="s">
         <v>2240</v>
       </c>
     </row>
-    <row r="418" spans="1:5" ht="14">
-      <c r="A418" s="44" t="s">
+    <row r="421" spans="1:6" ht="14">
+      <c r="A421" s="44" t="s">
         <v>2241</v>
       </c>
-      <c r="B418" s="42"/>
-[...5 lines deleted...]
-      <c r="A419" s="17" t="s">
+      <c r="B421" s="42"/>
+      <c r="C421" s="42"/>
+      <c r="D421" s="43"/>
+      <c r="E421" s="46"/>
+    </row>
+    <row r="422" spans="1:6" ht="16">
+      <c r="A422" s="17" t="s">
         <v>2242</v>
       </c>
-      <c r="B419" s="10" t="s">
+      <c r="B422" s="10" t="s">
         <v>2243</v>
       </c>
-      <c r="C419" s="9" t="s">
+      <c r="C422" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="D419" s="12" t="s">
+      <c r="D422" s="12" t="s">
         <v>1638</v>
       </c>
-      <c r="E419" s="32" t="s">
+      <c r="E422" s="32" t="s">
         <v>2244</v>
       </c>
     </row>
-    <row r="420" spans="1:5" ht="16">
-      <c r="A420" s="17" t="s">
+    <row r="423" spans="1:6" ht="16">
+      <c r="A423" s="17" t="s">
         <v>2245</v>
       </c>
-      <c r="B420" s="10" t="s">
+      <c r="B423" s="10" t="s">
         <v>2246</v>
       </c>
-      <c r="C420" s="9" t="s">
+      <c r="C423" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="D420" s="12" t="s">
+      <c r="D423" s="12" t="s">
         <v>1708</v>
       </c>
-      <c r="E420" s="32" t="s">
+      <c r="E423" s="32" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="421" spans="1:5" ht="17" thickBot="1">
-      <c r="A421" s="23" t="s">
+    <row r="424" spans="1:6" ht="17" thickBot="1">
+      <c r="A424" s="23" t="s">
         <v>2248</v>
       </c>
-      <c r="B421" s="24" t="s">
+      <c r="B424" s="24" t="s">
         <v>2251</v>
       </c>
-      <c r="C421" s="29" t="s">
+      <c r="C424" s="29" t="s">
         <v>1694</v>
       </c>
-      <c r="D421" s="26">
+      <c r="D424" s="26">
         <v>1996</v>
       </c>
-      <c r="E421" s="33" t="s">
+      <c r="E424" s="33" t="s">
         <v>2249</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16853&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F3754399-73F3-3F44-9F78-BE1404EA389C}"/>
     <hyperlink ref="A7" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22224&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D887BA9B-A35D-1942-8D02-E6CF305E3296}"/>
     <hyperlink ref="A9" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61012&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{95BA20E9-3335-A344-8D92-B9BB8B79F2BB}"/>
     <hyperlink ref="A10" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14456&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CE8FA163-0E54-A24C-9AF6-3BBA9DE82720}"/>
     <hyperlink ref="A8" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15877&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9674B450-2920-864D-B6C3-9E39D73C474E}"/>
     <hyperlink ref="A12" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103912&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A4C0D7BD-7544-B249-8877-BD5FAE0106A6}"/>
     <hyperlink ref="A14" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6CD164D4-0D18-0B4F-A309-9250D3B9170E}"/>
     <hyperlink ref="A16" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9020&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CDC0902F-6A78-2F45-A54A-7254DB450613}"/>
     <hyperlink ref="A19" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56289&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9C7612BC-9596-684D-915C-47603FCE3236}"/>
     <hyperlink ref="A20" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58409&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DD749A61-C14B-FF43-A50A-998479BE764F}"/>
     <hyperlink ref="A23" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=8316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{50700B05-A92A-B04D-BE98-D55CA9C94A08}"/>
     <hyperlink ref="A28" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=31444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D05F35D4-BF94-CC4E-B4B9-B63BEDB17A7C}"/>
     <hyperlink ref="A29" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12349&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BD21663E-9103-D242-A2C4-9B7CF50EC6D5}"/>
     <hyperlink ref="A30" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12347&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{17D5139C-F1BA-8A48-A2B0-69B9B9F9E39D}"/>
     <hyperlink ref="A31" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12348&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3E8D183D-3F36-DC4C-BC96-0B1BB9841086}"/>
     <hyperlink ref="A32" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55944&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4769D373-89FE-FB4C-9603-9FE95F070983}"/>
     <hyperlink ref="A33" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=12501&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2EE13A94-F9E0-434F-97BE-815451F3779E}"/>
@@ -18389,144 +18546,146 @@
     <hyperlink ref="A347" r:id="rId235" xr:uid="{7E0D0BEB-5ABD-4549-95DF-6C1754EDAE4A}"/>
     <hyperlink ref="A348" r:id="rId236" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22517&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9EDD0D19-C5D3-944B-98BF-3DA7E9953DE1}"/>
     <hyperlink ref="A349" r:id="rId237" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CAC6CE6E-6E0B-9B4A-89A0-A01037A073B7}"/>
     <hyperlink ref="A351" r:id="rId238" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22518&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EAB7BD52-EF65-274A-A728-9ACBEFCFF190}"/>
     <hyperlink ref="A352" r:id="rId239" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22505&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{64A4C6F6-A975-6848-909B-FAD9C730F8A3}"/>
     <hyperlink ref="A346" r:id="rId240" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=19987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{044680CE-2900-FE4F-80F4-6FC2B7C6E11C}"/>
     <hyperlink ref="A356" r:id="rId241" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11716&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{644B83C9-3CD1-244F-8057-9B57720D2FCB}"/>
     <hyperlink ref="A355" r:id="rId242" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=25767&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6891BF0A-228D-9D49-952F-EA0EE58BBADD}"/>
     <hyperlink ref="A360" r:id="rId243" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38351&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E6D78AC1-2E4B-8D4D-A357-5820E435B544}"/>
     <hyperlink ref="A364" r:id="rId244" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61942&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BF09DE6A-85AD-9740-A95A-DF5B7A898089}"/>
     <hyperlink ref="A365" r:id="rId245" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39050&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DAC920DC-A874-9248-8FCC-BE500764CAF3}"/>
     <hyperlink ref="A366" r:id="rId246" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3616&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{439AA115-328F-1640-B2DA-97873F5CA6D6}"/>
     <hyperlink ref="A363" r:id="rId247" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47548&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1127C3B1-C548-224D-B331-1567DD5B6E1B}"/>
     <hyperlink ref="A362" r:id="rId248" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{14BCF627-A81C-9F4B-BF46-1F580F675863}"/>
     <hyperlink ref="A367" r:id="rId249" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6167&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{340328B6-1AFA-FE49-81D4-ABAD7616B251}"/>
     <hyperlink ref="A369" r:id="rId250" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28475&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2F8C19A6-64E8-0749-8679-9A098F74DDC6}"/>
     <hyperlink ref="A370" r:id="rId251" xr:uid="{65A2299C-9171-CB42-B221-1CC469D9B76A}"/>
     <hyperlink ref="A372" r:id="rId252" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=47545&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C035535C-8970-714A-83A1-608BD327203E}"/>
     <hyperlink ref="A376" r:id="rId253" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59449&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{205ACE8D-C2BF-1F4E-BD21-D51153571A68}"/>
     <hyperlink ref="A375" r:id="rId254" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23017&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{94BADAB6-A742-A743-93CF-CBB2D3A14321}"/>
     <hyperlink ref="A374" r:id="rId255" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=43854&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{99382424-4A07-C444-8DBA-D658124591E9}"/>
     <hyperlink ref="A373" r:id="rId256" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39438&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4F7AB1BE-3DB8-3A49-B94E-5F5901CE7D4C}"/>
     <hyperlink ref="A379" r:id="rId257" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F1C3AEE2-5A8C-AF49-A328-7B4A0AFCDBF6}"/>
     <hyperlink ref="A380" r:id="rId258" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58166&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5ECBAA41-12A6-314F-ABFA-069AAB76EE23}"/>
     <hyperlink ref="A378" r:id="rId259" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=99472&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C04026E2-25C9-2C41-A7E5-9D18C431FFE3}"/>
-    <hyperlink ref="A382" r:id="rId260" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{11A79C79-BC3F-9F4D-90C5-5DA6B5C713FA}"/>
-[...27 lines deleted...]
-    <hyperlink ref="A400" r:id="rId288" xr:uid="{063AA78C-864B-9F4E-8B9D-AC631946F37E}"/>
+    <hyperlink ref="A383" r:id="rId260" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{11A79C79-BC3F-9F4D-90C5-5DA6B5C713FA}"/>
+    <hyperlink ref="A384" r:id="rId261" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=22138&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FBA088DD-CA9E-8041-9A1B-75E8EEC0A110}"/>
+    <hyperlink ref="A386" r:id="rId262" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=16852&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BE8BB79F-9758-EE4B-9722-42976BF5EF0F}"/>
+    <hyperlink ref="A396" r:id="rId263" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48242&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BD28E92B-B8D6-1448-94C0-72B3748F4DF7}"/>
+    <hyperlink ref="A395" r:id="rId264" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40406&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1859570D-C040-9C4E-9AD2-8E548CBFC302}"/>
+    <hyperlink ref="A393" r:id="rId265" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65313&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5DEF847F-1637-5345-80FE-30392F923E4F}"/>
+    <hyperlink ref="A391" r:id="rId266" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{96D80E9F-F593-D64B-9980-8597FFF9E9F2}"/>
+    <hyperlink ref="A392" r:id="rId267" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65314&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4782C204-D86D-E749-91E6-00EB85D5C122}"/>
+    <hyperlink ref="A394" r:id="rId268" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65316&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2E4CACDC-9596-5442-A334-8EF5937CC969}"/>
+    <hyperlink ref="A389" r:id="rId269" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7D174D6A-3D63-4C4F-9B85-74BBE33677D6}"/>
+    <hyperlink ref="A390" r:id="rId270" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=65770&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{836AC3A6-9762-1C47-BF47-18DDBC20F482}"/>
+    <hyperlink ref="A387" r:id="rId271" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38444&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D0E379B8-B9AB-5F4E-AA49-2C667B58A691}"/>
+    <hyperlink ref="A401" r:id="rId272" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111421&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{42A4B54B-3C6D-064B-A206-81AFCD5552C1}"/>
+    <hyperlink ref="A402" r:id="rId273" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117136&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D348EC29-07EE-1249-BA91-6511807AC2D4}"/>
+    <hyperlink ref="A406" r:id="rId274" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2961&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9FE36C0E-D6FC-AB45-A932-FD9B08C37808}"/>
+    <hyperlink ref="A405" r:id="rId275" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15772&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C44C894D-002F-7E41-A745-B1A3541AF915}"/>
+    <hyperlink ref="A407" r:id="rId276" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=72342&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8EB24223-1055-8649-B8BF-CC2C6FC5DDC2}"/>
+    <hyperlink ref="A409" r:id="rId277" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111523&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3CCF1B61-A229-9F4B-BE97-774A5521AA58}"/>
+    <hyperlink ref="A410" r:id="rId278" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102220&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C27FC619-AC9B-B345-96D9-955F7236950D}"/>
+    <hyperlink ref="A411" r:id="rId279" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105720&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F3894B3A-1CA4-C141-BF83-26A31D5B13CC}"/>
+    <hyperlink ref="A414" r:id="rId280" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=35466&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1F7F940-9848-DE45-AD2A-7E85D24A2483}"/>
+    <hyperlink ref="A415" r:id="rId281" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28851&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D866C055-6F4A-D145-9693-B62A9DCF8D79}"/>
+    <hyperlink ref="A416" r:id="rId282" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4A88767B-A2ED-D240-8F3D-CA5E51654687}"/>
+    <hyperlink ref="A420" r:id="rId283" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102769&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F33A4E7D-7099-2840-BFDB-6C527F71D228}"/>
+    <hyperlink ref="A422" r:id="rId284" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4319&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9B6CEBE1-30FF-F441-B751-3085F2840818}"/>
+    <hyperlink ref="A423" r:id="rId285" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68179&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3D4503BC-28AF-2F4B-9F89-16ED74143AC2}"/>
+    <hyperlink ref="A424" r:id="rId286" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24171&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3CE83CBC-BA4D-9C4B-9E59-C0DBDD53712F}"/>
+    <hyperlink ref="A418" r:id="rId287" xr:uid="{8191125D-52E0-A546-B3A7-0187A6873207}"/>
+    <hyperlink ref="A403" r:id="rId288" xr:uid="{063AA78C-864B-9F4E-8B9D-AC631946F37E}"/>
     <hyperlink ref="A278" r:id="rId289" xr:uid="{9AD27048-E97E-7845-8EA4-E3AA2B58BEC9}"/>
     <hyperlink ref="A258" r:id="rId290" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=5235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0C0D81F3-6A64-1647-89E0-90A694A6485D}"/>
     <hyperlink ref="A317" r:id="rId291" xr:uid="{E68EE0A1-FFC8-1A42-B814-47893A78141B}"/>
     <hyperlink ref="A318" r:id="rId292" display="Cheminots et militants : un siècle de syndicalisme ferroviaire" xr:uid="{796F8031-098D-2244-8C27-10BB9F9C2B95}"/>
     <hyperlink ref="A319" r:id="rId293" xr:uid="{EBAD207B-A76D-0345-AB9E-F013B77A570C}"/>
     <hyperlink ref="A326" r:id="rId294" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=105838&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5C0BE9C6-33BF-114B-8B7E-F026A0207277}"/>
     <hyperlink ref="A330" r:id="rId295" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7C546387-B435-EA48-AE37-B979E0E8B335}"/>
     <hyperlink ref="A333" r:id="rId296" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113632&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{50E7AF8D-74E2-2C43-9D0E-A044DECB8BC9}"/>
     <hyperlink ref="A334" r:id="rId297" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A7FFD124-8A09-AE4D-9F09-49B90DBEDBCA}"/>
     <hyperlink ref="A336" r:id="rId298" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=145709&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{47634B50-9050-624A-88CF-2D35CACAC85E}"/>
     <hyperlink ref="A332" r:id="rId299" xr:uid="{1B8C6286-C117-C34A-9E16-C41097692049}"/>
     <hyperlink ref="A325" r:id="rId300" xr:uid="{F2332D7D-D561-CA4A-9D56-3E99902FF815}"/>
     <hyperlink ref="A328" r:id="rId301" display="Dictionnaire biographique du mouvement ouvrier international III. Japon" xr:uid="{54DD4E4A-F077-1848-9C6F-104339F31A39}"/>
     <hyperlink ref="A331" r:id="rId302" xr:uid="{E65F62FA-9EDF-0E47-904A-151BD9FD4919}"/>
     <hyperlink ref="A173" r:id="rId303" xr:uid="{1A53F00D-B9C1-B64F-A804-AD971B9672A8}"/>
     <hyperlink ref="A174" r:id="rId304" display="Dictionnaire biographique du mouvement ouvrier international [4]. 1, Grande-Bretagne, [A-G] " xr:uid="{E0964DFA-7175-874E-9E5B-BBB1B72F7515}"/>
     <hyperlink ref="A179" r:id="rId305" xr:uid="{2F2B3307-F4A3-9A42-BB8A-0D403953E103}"/>
     <hyperlink ref="A183" r:id="rId306" xr:uid="{6C310F3C-D33D-9B48-8C85-B0A282474BB6}"/>
     <hyperlink ref="A143" r:id="rId307" xr:uid="{BB96CD6C-7ACB-5740-9D3E-8B36888CD850}"/>
     <hyperlink ref="A205" r:id="rId308" xr:uid="{C4BAD68D-5FC4-6D49-AF5B-2B7793713E98}"/>
     <hyperlink ref="A260" r:id="rId309" xr:uid="{24361D25-5081-6E4A-869D-2B851DC9D504}"/>
     <hyperlink ref="A210" r:id="rId310" xr:uid="{146069D5-AB61-8147-89D7-084C2BDA807B}"/>
     <hyperlink ref="A276" r:id="rId311" xr:uid="{2E81AEB5-CD76-6F4D-AD3A-4179B595BCAD}"/>
     <hyperlink ref="A218" r:id="rId312" xr:uid="{02BB7F8D-828B-0742-98A4-5493DF1F87A1}"/>
     <hyperlink ref="A85" r:id="rId313" xr:uid="{3AEF1170-FC85-5346-89D3-C37BEB3BDBD7}"/>
     <hyperlink ref="A49" r:id="rId314" xr:uid="{7552EFE6-EF08-AB4D-A6E8-C51F3FCF4D80}"/>
     <hyperlink ref="A11" r:id="rId315" xr:uid="{B6881ED4-97CF-044C-9D85-94207D8C7782}"/>
     <hyperlink ref="A164" r:id="rId316" xr:uid="{E4F65F20-FC4F-3E48-9CCD-76CE490DE8D5}"/>
-    <hyperlink ref="A396" r:id="rId317" xr:uid="{41D5371E-DB96-1141-8FFC-681B09ECEF1A}"/>
+    <hyperlink ref="A397" r:id="rId317" xr:uid="{41D5371E-DB96-1141-8FFC-681B09ECEF1A}"/>
     <hyperlink ref="A321" r:id="rId318" xr:uid="{DA5A1B2A-3F65-F640-8065-BE3D4642736C}"/>
+    <hyperlink ref="A399" r:id="rId319" xr:uid="{490A505D-7FFD-AD43-B4C3-EC1491FC0A8F}"/>
+    <hyperlink ref="A381" r:id="rId320" xr:uid="{51C70E27-8044-094F-AD14-38EB11AAF2B0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G108"/>
   <sheetViews>
     <sheetView topLeftCell="A45" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B71" sqref="A70:XFD71"/>
+      <selection activeCell="B74" sqref="B74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="42.6640625" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>393</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>394</v>
       </c>
@@ -20154,75 +20313,75 @@
     <hyperlink ref="A88" r:id="rId66" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102808&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FBC817B7-5E2B-0D47-8CFD-C07F87E5AD71}"/>
     <hyperlink ref="A91" r:id="rId67" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=14512&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A5B2FDEB-9ECC-4F4F-9E3F-A7D5577ABFB9}"/>
     <hyperlink ref="A93" r:id="rId68" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23016&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{65610BDF-AC5D-914C-A927-AD8BCC027A6A}"/>
     <hyperlink ref="A94" r:id="rId69" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=49541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3974E99F-E2FD-CE40-90CD-9B9FA5425FB5}"/>
     <hyperlink ref="A100" r:id="rId70" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115519&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EDC01106-079E-654A-807A-FB30C9BDB1DB}"/>
     <hyperlink ref="A101" r:id="rId71" xr:uid="{BF2E8249-E0B4-B740-870D-7201C6B98042}"/>
     <hyperlink ref="A104" r:id="rId72" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124577&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D1A0C1EF-84A8-194F-8168-309C7DB1A24C}"/>
     <hyperlink ref="A105" r:id="rId73" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2FFC75FA-C889-4E48-AB51-697C7F0DFC10}"/>
     <hyperlink ref="A106" r:id="rId74" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111686&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C3E08190-DEA7-EC40-9A5C-7E43CE4FDA02}"/>
     <hyperlink ref="A107" r:id="rId75" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9C6B10CB-AE3C-1E48-BECB-EAD2E9024CAC}"/>
     <hyperlink ref="A108" r:id="rId76" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=115137&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{229BBD1D-ADF0-7D47-813E-A4F3B11F2714}"/>
     <hyperlink ref="A96" r:id="rId77" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15187&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FED95D21-48AA-AF4F-B6F2-B47A80A14D9B}"/>
     <hyperlink ref="A97" r:id="rId78" xr:uid="{EDFC9D28-6D3C-B549-AC78-A5B41534393A}"/>
     <hyperlink ref="A15" r:id="rId79" xr:uid="{0567B1A6-D60C-344D-9253-F74E940B4F08}"/>
     <hyperlink ref="A71" r:id="rId80" xr:uid="{FCF91F7B-1668-134E-BDD8-0EAFB8F37106}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:G96"/>
+  <dimension ref="A1:G99"/>
   <sheetViews>
-    <sheetView topLeftCell="A72" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A92" sqref="A92:XFD96"/>
+    <sheetView tabSelected="1" topLeftCell="A23" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A46" sqref="A46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74.33203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="39" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>837</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>838</v>
       </c>
@@ -20805,982 +20964,1016 @@
       </c>
       <c r="D42" s="12">
         <v>1997</v>
       </c>
       <c r="E42" s="32" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="17" thickBot="1">
       <c r="A43" s="23" t="s">
         <v>934</v>
       </c>
       <c r="B43" s="24" t="s">
         <v>935</v>
       </c>
       <c r="C43" s="29" t="s">
         <v>189</v>
       </c>
       <c r="D43" s="26">
         <v>1998</v>
       </c>
       <c r="E43" s="33" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="14" thickBot="1"/>
+    <row r="44" spans="1:5" ht="16" thickBot="1">
+      <c r="A44" s="89"/>
+      <c r="B44" s="90"/>
+      <c r="C44" s="91"/>
+      <c r="D44" s="92"/>
+      <c r="E44" s="93"/>
+    </row>
     <row r="45" spans="1:5" ht="14">
       <c r="A45" s="14" t="s">
-        <v>943</v>
+        <v>2736</v>
       </c>
       <c r="B45" s="15"/>
       <c r="C45" s="15"/>
       <c r="D45" s="15"/>
       <c r="E45" s="16"/>
     </row>
-    <row r="46" spans="1:5" ht="16">
-[...48 lines deleted...]
-      </c>
+    <row r="46" spans="1:5" ht="17" thickBot="1">
+      <c r="A46" s="23" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B46" s="24" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C46" s="29" t="s">
+        <v>345</v>
+      </c>
+      <c r="D46" s="26" t="s">
+        <v>2762</v>
+      </c>
+      <c r="E46" s="33" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="14" thickBot="1"/>
+    <row r="48" spans="1:5" ht="14">
+      <c r="A48" s="14" t="s">
+        <v>943</v>
+      </c>
+      <c r="B48" s="15"/>
+      <c r="C48" s="15"/>
+      <c r="D48" s="15"/>
+      <c r="E48" s="16"/>
     </row>
     <row r="49" spans="1:5" ht="16">
       <c r="A49" s="17" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>1010</v>
+        <v>950</v>
       </c>
       <c r="C49" s="9" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D49" s="12">
+        <v>1986</v>
+      </c>
+      <c r="E49" s="32" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="16">
+      <c r="A50" s="17" t="s">
+        <v>952</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>826</v>
+      </c>
+      <c r="D50" s="12">
+        <v>2007</v>
+      </c>
+      <c r="E50" s="32" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="32">
+      <c r="A51" s="17" t="s">
+        <v>944</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C51" s="9" t="s">
         <v>136</v>
       </c>
-      <c r="D49" s="12">
-[...32 lines deleted...]
-      </c>
       <c r="D51" s="12">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="E51" s="32" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="16">
       <c r="A52" s="17" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>947</v>
+        <v>1010</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>826</v>
+        <v>136</v>
       </c>
       <c r="D52" s="12">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E52" s="32" t="s">
-        <v>948</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5" ht="16">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="32">
       <c r="A53" s="17" t="s">
-        <v>1015</v>
+        <v>956</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>960</v>
+        <v>1011</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>1016</v>
+        <v>103</v>
       </c>
       <c r="D53" s="12">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="E53" s="32" t="s">
-        <v>2486</v>
+        <v>955</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="16">
       <c r="A54" s="17" t="s">
+        <v>956</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>798</v>
+      </c>
+      <c r="D54" s="12">
+        <v>1995</v>
+      </c>
+      <c r="E54" s="32" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="16">
+      <c r="A55" s="17" t="s">
+        <v>946</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>826</v>
+      </c>
+      <c r="D55" s="12">
+        <v>1999</v>
+      </c>
+      <c r="E55" s="32" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="16">
+      <c r="A56" s="17" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>960</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D56" s="12">
+        <v>2001</v>
+      </c>
+      <c r="E56" s="32" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="16">
+      <c r="A57" s="17" t="s">
         <v>958</v>
       </c>
-      <c r="B54" s="10" t="s">
+      <c r="B57" s="10" t="s">
         <v>959</v>
       </c>
-      <c r="C54" s="9" t="s">
+      <c r="C57" s="9" t="s">
         <v>1014</v>
       </c>
-      <c r="D54" s="12">
+      <c r="D57" s="12">
         <v>1961</v>
       </c>
-      <c r="E54" s="32" t="s">
+      <c r="E57" s="32" t="s">
         <v>2487</v>
       </c>
     </row>
-    <row r="55" spans="1:5" ht="17" thickBot="1">
-      <c r="A55" s="23" t="s">
+    <row r="58" spans="1:5" ht="17" thickBot="1">
+      <c r="A58" s="23" t="s">
         <v>2488</v>
       </c>
-      <c r="B55" s="24" t="s">
+      <c r="B58" s="24" t="s">
         <v>2489</v>
       </c>
-      <c r="C55" s="29" t="s">
+      <c r="C58" s="29" t="s">
         <v>2490</v>
       </c>
-      <c r="D55" s="26" t="s">
+      <c r="D58" s="26" t="s">
         <v>2491</v>
       </c>
-      <c r="E55" s="33" t="s">
+      <c r="E58" s="33" t="s">
         <v>2492</v>
       </c>
     </row>
-    <row r="56" spans="1:5" ht="14">
-      <c r="A56" s="50" t="s">
+    <row r="59" spans="1:5" ht="14">
+      <c r="A59" s="50" t="s">
         <v>961</v>
       </c>
-      <c r="B56" s="51"/>
-[...5 lines deleted...]
-      <c r="A57" s="23" t="s">
+      <c r="B59" s="51"/>
+      <c r="C59" s="51"/>
+      <c r="D59" s="51"/>
+      <c r="E59" s="52"/>
+    </row>
+    <row r="60" spans="1:5" ht="17" thickBot="1">
+      <c r="A60" s="23" t="s">
         <v>962</v>
       </c>
-      <c r="B57" s="24" t="s">
+      <c r="B60" s="24" t="s">
         <v>963</v>
       </c>
-      <c r="C57" s="29" t="s">
+      <c r="C60" s="29" t="s">
         <v>136</v>
       </c>
-      <c r="D57" s="26">
+      <c r="D60" s="26">
         <v>1979</v>
       </c>
-      <c r="E57" s="33" t="s">
+      <c r="E60" s="33" t="s">
         <v>964</v>
       </c>
     </row>
-    <row r="58" spans="1:5" ht="14">
-      <c r="A58" s="50" t="s">
+    <row r="61" spans="1:5" ht="14">
+      <c r="A61" s="50" t="s">
         <v>977</v>
       </c>
-      <c r="B58" s="51"/>
-[...53 lines deleted...]
-      </c>
+      <c r="B61" s="51"/>
+      <c r="C61" s="51"/>
+      <c r="D61" s="51"/>
+      <c r="E61" s="52"/>
     </row>
     <row r="62" spans="1:5" ht="16">
       <c r="A62" s="17" t="s">
+        <v>965</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>966</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="D62" s="12">
+        <v>1997</v>
+      </c>
+      <c r="E62" s="32" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="16">
+      <c r="A63" s="17" t="s">
+        <v>968</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C63" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D63" s="12">
+        <v>1997</v>
+      </c>
+      <c r="E63" s="32" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="16">
+      <c r="A64" s="17" t="s">
+        <v>970</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C64" s="13" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D64" s="12">
+        <v>1973</v>
+      </c>
+      <c r="E64" s="32" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="16">
+      <c r="A65" s="17" t="s">
         <v>974</v>
       </c>
-      <c r="B62" s="10" t="s">
+      <c r="B65" s="10" t="s">
         <v>975</v>
       </c>
-      <c r="C62" s="13" t="s">
+      <c r="C65" s="13" t="s">
         <v>1031</v>
       </c>
-      <c r="D62" s="12">
+      <c r="D65" s="12">
         <v>1969</v>
       </c>
-      <c r="E62" s="32" t="s">
+      <c r="E65" s="32" t="s">
         <v>976</v>
       </c>
     </row>
-    <row r="63" spans="1:5" ht="17" thickBot="1">
-      <c r="A63" s="23" t="s">
+    <row r="66" spans="1:5" ht="17" thickBot="1">
+      <c r="A66" s="23" t="s">
         <v>1030</v>
       </c>
-      <c r="B63" s="24" t="s">
+      <c r="B66" s="24" t="s">
         <v>972</v>
       </c>
-      <c r="C63" s="25" t="s">
+      <c r="C66" s="25" t="s">
         <v>826</v>
       </c>
-      <c r="D63" s="26">
+      <c r="D66" s="26">
         <v>2009</v>
       </c>
-      <c r="E63" s="33" t="s">
+      <c r="E66" s="33" t="s">
         <v>973</v>
       </c>
     </row>
-    <row r="64" spans="1:5" ht="14">
-      <c r="A64" s="50" t="s">
+    <row r="67" spans="1:5" ht="14">
+      <c r="A67" s="50" t="s">
         <v>2493</v>
       </c>
-      <c r="B64" s="51"/>
-[...5 lines deleted...]
-      <c r="A65" s="17" t="s">
+      <c r="B67" s="51"/>
+      <c r="C67" s="51"/>
+      <c r="D67" s="54"/>
+      <c r="E67" s="55"/>
+    </row>
+    <row r="68" spans="1:5" ht="16">
+      <c r="A68" s="17" t="s">
         <v>987</v>
       </c>
-      <c r="B65" s="10" t="s">
+      <c r="B68" s="10" t="s">
         <v>1018</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="C68" s="9" t="s">
         <v>1019</v>
       </c>
-      <c r="D65" s="12">
+      <c r="D68" s="12">
         <v>1992</v>
       </c>
-      <c r="E65" s="32" t="s">
+      <c r="E68" s="32" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="66" spans="1:6" ht="16">
-      <c r="A66" s="17" t="s">
+    <row r="69" spans="1:5" ht="16">
+      <c r="A69" s="17" t="s">
         <v>982</v>
       </c>
-      <c r="B66" s="10" t="s">
+      <c r="B69" s="10" t="s">
         <v>983</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="C69" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="D66" s="12">
+      <c r="D69" s="12">
         <v>1997</v>
       </c>
-      <c r="E66" s="32" t="s">
+      <c r="E69" s="32" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="67" spans="1:6" ht="16">
-      <c r="A67" s="17" t="s">
+    <row r="70" spans="1:5" ht="16">
+      <c r="A70" s="17" t="s">
         <v>1002</v>
       </c>
-      <c r="B67" s="10" t="s">
+      <c r="B70" s="10" t="s">
         <v>1003</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="C70" s="9" t="s">
         <v>1025</v>
       </c>
-      <c r="D67" s="12">
+      <c r="D70" s="12">
         <v>1981</v>
       </c>
-      <c r="E67" s="32" t="s">
+      <c r="E70" s="32" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="68" spans="1:6" ht="16">
-      <c r="A68" s="17" t="s">
+    <row r="71" spans="1:5" ht="16">
+      <c r="A71" s="17" t="s">
         <v>989</v>
       </c>
-      <c r="B68" s="10" t="s">
+      <c r="B71" s="10" t="s">
         <v>990</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="C71" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="D68" s="12">
+      <c r="D71" s="12">
         <v>1994</v>
       </c>
-      <c r="E68" s="32" t="s">
+      <c r="E71" s="32" t="s">
         <v>991</v>
       </c>
     </row>
-    <row r="69" spans="1:6" ht="16">
-      <c r="A69" s="17" t="s">
+    <row r="72" spans="1:5" ht="16">
+      <c r="A72" s="17" t="s">
         <v>1024</v>
       </c>
-      <c r="B69" s="10" t="s">
+      <c r="B72" s="10" t="s">
         <v>1000</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="C72" s="9" t="s">
         <v>145</v>
-      </c>
-[...49 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="D72" s="12">
         <v>1995</v>
       </c>
       <c r="E72" s="32" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="16">
+      <c r="A73" s="17" t="s">
+        <v>992</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D73" s="12">
+        <v>1987</v>
+      </c>
+      <c r="E73" s="32" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="29">
+      <c r="A74" s="17" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D74" s="12">
+        <v>2003</v>
+      </c>
+      <c r="E74" s="32" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="16">
+      <c r="A75" s="17" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>998</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D75" s="12">
+        <v>1995</v>
+      </c>
+      <c r="E75" s="32" t="s">
         <v>999</v>
       </c>
     </row>
-    <row r="73" spans="1:6" ht="16">
-      <c r="A73" s="17" t="s">
+    <row r="76" spans="1:5" ht="16">
+      <c r="A76" s="17" t="s">
         <v>1017</v>
       </c>
-      <c r="B73" s="10" t="s">
+      <c r="B76" s="10" t="s">
         <v>985</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="C76" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="D73" s="12">
+      <c r="D76" s="12">
         <v>1998</v>
       </c>
-      <c r="E73" s="32" t="s">
+      <c r="E76" s="32" t="s">
         <v>986</v>
       </c>
     </row>
-    <row r="74" spans="1:6" ht="17" thickBot="1">
-      <c r="A74" s="23" t="s">
+    <row r="77" spans="1:5" ht="17" thickBot="1">
+      <c r="A77" s="23" t="s">
         <v>995</v>
       </c>
-      <c r="B74" s="24" t="s">
+      <c r="B77" s="24" t="s">
         <v>996</v>
       </c>
-      <c r="C74" s="29" t="s">
+      <c r="C77" s="29" t="s">
         <v>1021</v>
       </c>
-      <c r="D74" s="26">
+      <c r="D77" s="26">
         <v>1968</v>
       </c>
-      <c r="E74" s="33" t="s">
+      <c r="E77" s="33" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="75" spans="1:6" ht="14">
-      <c r="A75" s="50" t="s">
+    <row r="78" spans="1:5" ht="14">
+      <c r="A78" s="50" t="s">
         <v>2494</v>
       </c>
-      <c r="B75" s="51"/>
-[...5 lines deleted...]
-      <c r="A76" s="17" t="s">
+      <c r="B78" s="51"/>
+      <c r="C78" s="51"/>
+      <c r="D78" s="51"/>
+      <c r="E78" s="52"/>
+    </row>
+    <row r="79" spans="1:5" ht="29">
+      <c r="A79" s="17" t="s">
         <v>2495</v>
       </c>
-      <c r="B76" s="10" t="s">
+      <c r="B79" s="10" t="s">
         <v>2496</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="C79" s="9" t="s">
         <v>1023</v>
       </c>
-      <c r="D76" s="12">
+      <c r="D79" s="12">
         <v>2014</v>
       </c>
-      <c r="E76" s="32" t="s">
+      <c r="E79" s="32" t="s">
         <v>2497</v>
       </c>
     </row>
-    <row r="77" spans="1:6" ht="16">
-      <c r="A77" s="17" t="s">
+    <row r="80" spans="1:5" ht="16">
+      <c r="A80" s="17" t="s">
         <v>2498</v>
       </c>
-      <c r="B77" s="10" t="s">
+      <c r="B80" s="10" t="s">
         <v>2499</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="C80" s="9" t="s">
         <v>2500</v>
       </c>
-      <c r="D77" s="12">
+      <c r="D80" s="12">
         <v>1999</v>
       </c>
-      <c r="E77" s="32" t="s">
+      <c r="E80" s="32" t="s">
         <v>2501</v>
       </c>
     </row>
-    <row r="78" spans="1:6" ht="16">
-      <c r="A78" s="17" t="s">
+    <row r="81" spans="1:6" ht="16">
+      <c r="A81" s="17" t="s">
         <v>2502</v>
       </c>
-      <c r="B78" s="10" t="s">
+      <c r="B81" s="10" t="s">
         <v>2503</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="C81" s="9" t="s">
         <v>2504</v>
       </c>
-      <c r="D78" s="12">
+      <c r="D81" s="12">
         <v>1973</v>
       </c>
-      <c r="E78" s="32" t="s">
+      <c r="E81" s="32" t="s">
         <v>2505</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="F81" s="2" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="79" spans="1:6" ht="16">
-      <c r="A79" s="17" t="s">
+    <row r="82" spans="1:6" ht="16">
+      <c r="A82" s="17" t="s">
         <v>2506</v>
       </c>
-      <c r="B79" s="10" t="s">
+      <c r="B82" s="10" t="s">
         <v>2507</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="C82" s="9" t="s">
         <v>2508</v>
       </c>
-      <c r="D79" s="12">
+      <c r="D82" s="12">
         <v>1992</v>
       </c>
-      <c r="E79" s="32" t="s">
+      <c r="E82" s="32" t="s">
         <v>2509</v>
       </c>
     </row>
-    <row r="80" spans="1:6" ht="16">
-      <c r="A80" s="17" t="s">
+    <row r="83" spans="1:6" ht="16">
+      <c r="A83" s="17" t="s">
         <v>2510</v>
       </c>
-      <c r="B80" s="10" t="s">
+      <c r="B83" s="10" t="s">
         <v>2511</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="C83" s="9" t="s">
         <v>2512</v>
       </c>
-      <c r="D80" s="12">
+      <c r="D83" s="12">
         <v>1986</v>
       </c>
-      <c r="E80" s="32" t="s">
+      <c r="E83" s="32" t="s">
         <v>2513</v>
       </c>
     </row>
-    <row r="81" spans="1:5" ht="16">
-      <c r="A81" s="17" t="s">
+    <row r="84" spans="1:6" ht="16">
+      <c r="A84" s="17" t="s">
         <v>2514</v>
       </c>
-      <c r="B81" s="10" t="s">
+      <c r="B84" s="10" t="s">
         <v>2511</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="C84" s="9" t="s">
         <v>2512</v>
       </c>
-      <c r="D81" s="12">
+      <c r="D84" s="12">
         <v>1992</v>
       </c>
-      <c r="E81" s="32" t="s">
+      <c r="E84" s="32" t="s">
         <v>2513</v>
       </c>
     </row>
-    <row r="82" spans="1:5" ht="17" thickBot="1">
-      <c r="A82" s="23" t="s">
+    <row r="85" spans="1:6" ht="17" thickBot="1">
+      <c r="A85" s="23" t="s">
         <v>2515</v>
       </c>
-      <c r="B82" s="24" t="s">
+      <c r="B85" s="24" t="s">
         <v>2516</v>
       </c>
-      <c r="C82" s="29" t="s">
+      <c r="C85" s="29" t="s">
         <v>187</v>
       </c>
-      <c r="D82" s="26">
+      <c r="D85" s="26">
         <v>2003</v>
       </c>
-      <c r="E82" s="33" t="s">
+      <c r="E85" s="33" t="s">
         <v>2517</v>
       </c>
     </row>
-    <row r="83" spans="1:5" ht="14">
-      <c r="A83" s="50" t="s">
+    <row r="86" spans="1:6" ht="14">
+      <c r="A86" s="50" t="s">
         <v>671</v>
       </c>
-      <c r="B83" s="51"/>
-[...5 lines deleted...]
-      <c r="A84" s="17" t="s">
+      <c r="B86" s="51"/>
+      <c r="C86" s="51"/>
+      <c r="D86" s="51"/>
+      <c r="E86" s="52"/>
+    </row>
+    <row r="87" spans="1:6" ht="16">
+      <c r="A87" s="17" t="s">
         <v>672</v>
       </c>
-      <c r="B84" s="10" t="s">
+      <c r="B87" s="10" t="s">
         <v>673</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="C87" s="9" t="s">
         <v>679</v>
       </c>
-      <c r="D84" s="12">
+      <c r="D87" s="12">
         <v>1960</v>
       </c>
-      <c r="E84" s="19" t="s">
+      <c r="E87" s="19" t="s">
         <v>674</v>
       </c>
     </row>
-    <row r="85" spans="1:5" ht="16">
-      <c r="A85" s="17" t="s">
+    <row r="88" spans="1:6" ht="16">
+      <c r="A88" s="17" t="s">
         <v>680</v>
       </c>
-      <c r="B85" s="10" t="s">
+      <c r="B88" s="10" t="s">
         <v>681</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="C88" s="9" t="s">
         <v>682</v>
       </c>
-      <c r="D85" s="12">
+      <c r="D88" s="12">
         <v>2016</v>
       </c>
-      <c r="E85" s="19" t="s">
+      <c r="E88" s="19" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="86" spans="1:5" ht="17" thickBot="1">
-      <c r="A86" s="23" t="s">
+    <row r="89" spans="1:6" ht="17" thickBot="1">
+      <c r="A89" s="23" t="s">
         <v>676</v>
       </c>
-      <c r="B86" s="24" t="s">
+      <c r="B89" s="24" t="s">
         <v>677</v>
       </c>
-      <c r="C86" s="29" t="s">
+      <c r="C89" s="29" t="s">
         <v>136</v>
       </c>
-      <c r="D86" s="26">
+      <c r="D89" s="26">
         <v>2008</v>
       </c>
-      <c r="E86" s="27" t="s">
+      <c r="E89" s="27" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="87" spans="1:5" ht="14">
-      <c r="A87" s="50" t="s">
+    <row r="90" spans="1:6" ht="14">
+      <c r="A90" s="50" t="s">
         <v>2518</v>
       </c>
-      <c r="B87" s="51"/>
-[...5 lines deleted...]
-      <c r="A88" s="23" t="s">
+      <c r="B90" s="51"/>
+      <c r="C90" s="51"/>
+      <c r="D90" s="51"/>
+      <c r="E90" s="52"/>
+    </row>
+    <row r="91" spans="1:6" ht="17" thickBot="1">
+      <c r="A91" s="23" t="s">
         <v>2519</v>
       </c>
-      <c r="B88" s="24" t="s">
+      <c r="B91" s="24" t="s">
         <v>2520</v>
       </c>
-      <c r="C88" s="29" t="s">
+      <c r="C91" s="29" t="s">
         <v>114</v>
       </c>
-      <c r="D88" s="26" t="s">
+      <c r="D91" s="26" t="s">
         <v>2491</v>
       </c>
-      <c r="E88" s="27" t="s">
+      <c r="E91" s="27" t="s">
         <v>2521</v>
       </c>
     </row>
-    <row r="89" spans="1:5" ht="14">
-      <c r="A89" s="50" t="s">
+    <row r="92" spans="1:6" ht="14">
+      <c r="A92" s="50" t="s">
         <v>1012</v>
-      </c>
-[...41 lines deleted...]
-        <v>2522</v>
       </c>
       <c r="B92" s="51"/>
       <c r="C92" s="51"/>
-      <c r="D92" s="51"/>
-[...2 lines deleted...]
-    <row r="93" spans="1:5" ht="16">
+      <c r="D92" s="54"/>
+      <c r="E92" s="55"/>
+    </row>
+    <row r="93" spans="1:6" ht="16">
       <c r="A93" s="17" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C93" s="13" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D93" s="12">
+        <v>2010</v>
+      </c>
+      <c r="E93" s="32" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="17" thickBot="1">
+      <c r="A94" s="67" t="s">
+        <v>978</v>
+      </c>
+      <c r="B94" s="68" t="s">
+        <v>980</v>
+      </c>
+      <c r="C94" s="88" t="s">
+        <v>136</v>
+      </c>
+      <c r="D94" s="70">
+        <v>2005</v>
+      </c>
+      <c r="E94" s="66" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="14">
+      <c r="A95" s="50" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B95" s="51"/>
+      <c r="C95" s="51"/>
+      <c r="D95" s="51"/>
+      <c r="E95" s="52"/>
+    </row>
+    <row r="96" spans="1:6" ht="16">
+      <c r="A96" s="17" t="s">
         <v>2523</v>
       </c>
-      <c r="B93" s="10" t="s">
+      <c r="B96" s="10" t="s">
         <v>2524</v>
       </c>
-      <c r="C93" s="9" t="s">
+      <c r="C96" s="9" t="s">
         <v>136</v>
       </c>
-      <c r="D93" s="12">
+      <c r="D96" s="12">
         <v>1998</v>
       </c>
-      <c r="E93" s="32" t="s">
+      <c r="E96" s="32" t="s">
         <v>2525</v>
       </c>
     </row>
-    <row r="94" spans="1:5" ht="16">
-      <c r="A94" s="17" t="s">
+    <row r="97" spans="1:5" ht="16">
+      <c r="A97" s="17" t="s">
         <v>2526</v>
       </c>
-      <c r="B94" s="10" t="s">
+      <c r="B97" s="10" t="s">
         <v>2527</v>
       </c>
-      <c r="C94" s="9" t="s">
+      <c r="C97" s="9" t="s">
         <v>2528</v>
       </c>
-      <c r="D94" s="12">
+      <c r="D97" s="12">
         <v>1971</v>
       </c>
-      <c r="E94" s="32" t="s">
+      <c r="E97" s="32" t="s">
         <v>2529</v>
       </c>
     </row>
-    <row r="95" spans="1:5" ht="16">
-      <c r="A95" s="17" t="s">
+    <row r="98" spans="1:5" ht="16">
+      <c r="A98" s="17" t="s">
         <v>2530</v>
       </c>
-      <c r="B95" s="10" t="s">
+      <c r="B98" s="10" t="s">
         <v>2531</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="C98" s="9" t="s">
         <v>2532</v>
       </c>
-      <c r="D95" s="12">
+      <c r="D98" s="12">
         <v>1993</v>
       </c>
-      <c r="E95" s="32" t="s">
+      <c r="E98" s="32" t="s">
         <v>2533</v>
       </c>
     </row>
-    <row r="96" spans="1:5" ht="17" thickBot="1">
-      <c r="A96" s="23" t="s">
+    <row r="99" spans="1:5" ht="17" thickBot="1">
+      <c r="A99" s="23" t="s">
         <v>2742</v>
       </c>
-      <c r="B96" s="24" t="s">
+      <c r="B99" s="24" t="s">
         <v>2743</v>
       </c>
-      <c r="C96" s="29" t="s">
+      <c r="C99" s="29" t="s">
         <v>179</v>
       </c>
-      <c r="D96" s="26" t="s">
+      <c r="D99" s="26" t="s">
         <v>2744</v>
       </c>
-      <c r="E96" s="33" t="s">
+      <c r="E99" s="33" t="s">
         <v>2745</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A12" r:id="rId1" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=69014&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0665F95E-71BD-5A4B-894B-F2CD8A0BDF52}"/>
     <hyperlink ref="A9" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71555&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{51E84814-E919-8D46-BB49-721BDB27E0E1}"/>
     <hyperlink ref="A10" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=58479&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{44AAB8ED-FDFA-E443-871A-98652ECB17B9}"/>
     <hyperlink ref="A11" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18403&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{42ECB3C0-0D87-B14E-8D72-C39759935B8B}"/>
     <hyperlink ref="A13" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=126691&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0EBFC317-34A1-5F42-A3CF-85A32171C775}"/>
     <hyperlink ref="A8" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53004&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DD1246FF-C2A2-B64A-81E8-C8D61C9362F1}"/>
     <hyperlink ref="A6" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144725&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{93F59458-0D87-644E-BD64-786E2C580F44}"/>
     <hyperlink ref="A15" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56956&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{EE43668F-69D8-6D41-BAC0-FBB56D2F393F}"/>
     <hyperlink ref="A20" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6569&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{41346482-E964-9440-BEA0-9771C149AB02}"/>
     <hyperlink ref="A22" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112611&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8F7ADAF0-A54A-E94E-9839-2C9EA5C1D8CD}"/>
     <hyperlink ref="A17" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67913&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3F958B8E-5AC4-D844-8213-88F1387BE8A4}"/>
     <hyperlink ref="A18" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117329&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4ED3D8BE-04B5-8644-A505-E4EB2032B929}"/>
     <hyperlink ref="A16" r:id="rId13" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=144724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{36515668-22F2-0F45-8478-49713EF9C235}"/>
     <hyperlink ref="A19" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=100023&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{244B2033-F02C-DB4E-990F-68CBF5E5ADCE}"/>
     <hyperlink ref="A24" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61710&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{613E4C50-9CBC-7D41-80BD-78A848EB060D}"/>
     <hyperlink ref="A25" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=37086&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4194E4A6-EABD-6B47-B5FF-0FDF6098F3C6}"/>
     <hyperlink ref="A27" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104824&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BEB315BE-F20E-F147-9A56-305DED49647D}"/>
     <hyperlink ref="A28" r:id="rId18" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=27541&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7F24E9CF-4956-BF42-AE74-C8A9DA702C23}"/>
     <hyperlink ref="A30" r:id="rId19" xr:uid="{6BC530D7-9B29-2B47-9FAA-FA2BC88A7B23}"/>
     <hyperlink ref="A31" r:id="rId20" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45612&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A734ED3C-06A0-0A42-B188-603746893B52}"/>
     <hyperlink ref="A32" r:id="rId21" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45627&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B7FFECF6-9309-E34D-8C33-E5C4BAB3A792}"/>
     <hyperlink ref="A26" r:id="rId22" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61723&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{86FF0BEC-5176-8A44-BE82-93D6F038B379}"/>
     <hyperlink ref="A29" r:id="rId23" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=61724&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C82B52B9-AB7D-9040-9D02-C0DD89ADBDB3}"/>
     <hyperlink ref="A21" r:id="rId24" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=6570&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9307DC5E-938D-E442-A518-E72E03BB6066}"/>
     <hyperlink ref="A7" r:id="rId25" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=28492&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F9B09CC6-1168-284F-B71D-7934DB361E38}"/>
     <hyperlink ref="A35" r:id="rId26" xr:uid="{71FC1E9E-DC4E-6744-94EF-15CDA6C2E006}"/>
     <hyperlink ref="A38" r:id="rId27" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2235&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F92750D7-19E2-8C4D-8DF4-92366E6435CD}"/>
     <hyperlink ref="A37" r:id="rId28" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66962&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2DF6FAF2-558D-C74A-B6FB-4A0FA898950A}"/>
     <hyperlink ref="A36" r:id="rId29" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=54334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{50267EC4-15A8-CA46-908B-B03DEF004F81}"/>
     <hyperlink ref="A40" r:id="rId30" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{53C418E8-5DA0-8646-A8C2-263AF646B789}"/>
     <hyperlink ref="A42" r:id="rId31" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29514&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DCC4C1EF-5877-2245-B3AA-E431B3B76ADC}"/>
     <hyperlink ref="A41" r:id="rId32" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2598&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9BE622CE-9C73-AF4E-9A84-9E2F3AD5681C}"/>
     <hyperlink ref="A43" r:id="rId33" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=45631&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DF187C87-C27E-164C-9352-56611B90AFFB}"/>
-    <hyperlink ref="A48" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{79C25842-61EE-CC42-ABC0-260296A9A0AD}"/>
-[...41 lines deleted...]
-    <hyperlink ref="A96" r:id="rId76" xr:uid="{606C9973-98C4-8F4C-A9E7-1C90E07D480A}"/>
+    <hyperlink ref="A51" r:id="rId34" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148377&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{79C25842-61EE-CC42-ABC0-260296A9A0AD}"/>
+    <hyperlink ref="A55" r:id="rId35" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=39350&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DB448AEF-8E71-8A4F-B8AA-726DDD65E610}"/>
+    <hyperlink ref="A49" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4345&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5628D96D-631B-C345-BCF0-417787B76F78}"/>
+    <hyperlink ref="A50" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130487&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{773DB8E5-2FC4-B942-A366-9AB0D775E5F6}"/>
+    <hyperlink ref="A52" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=2678&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9C767FD7-B66F-814C-BF11-7FF7D49C4FC3}"/>
+    <hyperlink ref="A53" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40593&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1E7AEE04-5E97-6643-B796-A4CE71562B71}"/>
+    <hyperlink ref="A54" r:id="rId40" xr:uid="{71CD2924-0A6B-D44F-9456-695F060D546F}"/>
+    <hyperlink ref="A57" r:id="rId41" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119420&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3A50700C-444F-B646-BDD3-616430D9C111}"/>
+    <hyperlink ref="A56" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F413F5A5-E986-084E-A16A-3665FA875799}"/>
+    <hyperlink ref="A60" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=23559&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BA3A16F4-823E-294F-9934-CB1B5F530BD8}"/>
+    <hyperlink ref="A62" r:id="rId44" xr:uid="{3A9CD1A2-8537-E14A-BD45-BF16585C2F24}"/>
+    <hyperlink ref="A63" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=32448&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D395ED4E-7484-1A4D-8505-55E5B0AD5417}"/>
+    <hyperlink ref="A64" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121217&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7851774C-3418-6042-9594-FEFF0DEC00F8}"/>
+    <hyperlink ref="A66" r:id="rId47" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108735&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{ECD5A3B8-CE7B-454F-AD61-2C0D2A28D417}"/>
+    <hyperlink ref="A65" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=124411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{654E547A-32F5-6345-BC75-3EEB99906410}"/>
+    <hyperlink ref="A93" r:id="rId49" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120071&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A6851D92-3362-DD4D-BA9B-ECB750816993}"/>
+    <hyperlink ref="A94" r:id="rId50" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BCDAC499-BCEB-FC40-BAA2-80679F2376D1}"/>
+    <hyperlink ref="A69" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=29464&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C107CE53-0804-A64B-AF90-1A9BB9879629}"/>
+    <hyperlink ref="A76" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38334&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DA44B283-F0D9-CD4D-B685-C2516168B541}"/>
+    <hyperlink ref="A68" r:id="rId53" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{45506697-E429-9F4D-B222-687B0EA75754}"/>
+    <hyperlink ref="A71" r:id="rId54" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18405&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{08AD7DA0-6D52-1745-BD01-74A94BBDB7C3}"/>
+    <hyperlink ref="A73" r:id="rId55" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=20987&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9C2DB784-C6DF-B84E-B6CF-425896A84B71}"/>
+    <hyperlink ref="A77" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38888&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{54307FB4-A554-DD48-88A7-9F269DBC5D9E}"/>
+    <hyperlink ref="A75" r:id="rId57" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=135431&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{42DFD803-1F80-C540-8DFA-E3066E9D9DA5}"/>
+    <hyperlink ref="A72" r:id="rId58" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=55157&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{34B0B6CA-F057-5F40-B9CA-CA749B773115}"/>
+    <hyperlink ref="A70" r:id="rId59" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71879&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CBDC143C-2570-234F-AFA8-504893410DB9}"/>
+    <hyperlink ref="A74" r:id="rId60" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=52307&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{72258668-F32D-CE48-B471-2F038AC6FEF8}"/>
+    <hyperlink ref="A87" r:id="rId61" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=42715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E1297360-24A0-644C-A35E-E45164702EF3}"/>
+    <hyperlink ref="A88" r:id="rId62" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=130335&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B1129BD0-A7D7-8341-80EC-33C9E284A755}"/>
+    <hyperlink ref="A89" r:id="rId63" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=70825&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{84BF362C-C67D-FC45-80B5-D9368AEFB7A9}"/>
+    <hyperlink ref="A80" r:id="rId64" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=38845&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FF437D7C-1829-9646-90FE-2B9B0F0570BE}"/>
+    <hyperlink ref="A79" r:id="rId65" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132484&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{85298187-72D8-1943-B19A-487DE980232F}"/>
+    <hyperlink ref="A81" r:id="rId66" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53526&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{2C910849-9FFD-DC4B-8E23-EF4AF72D8344}"/>
+    <hyperlink ref="A82" r:id="rId67" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=9367&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{58DDACF7-CB77-0243-B637-18EACA2FEBBD}"/>
+    <hyperlink ref="A85" r:id="rId68" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=59035&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{5AF2636A-13F9-C243-9989-315803CB2905}"/>
+    <hyperlink ref="A83" r:id="rId69" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24243&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{31BC1210-49B3-AB4B-B662-68B09546DBC4}"/>
+    <hyperlink ref="A84" r:id="rId70" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24263&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9100C51D-15AD-484D-AEBF-1EC7CA6B0066}"/>
+    <hyperlink ref="A96" r:id="rId71" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=48906&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D59E2E6E-A158-9A43-B7A1-F553B5F27F9E}"/>
+    <hyperlink ref="A97" r:id="rId72" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119411&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{341C2DC3-7061-354F-86B6-6F940731613E}"/>
+    <hyperlink ref="A98" r:id="rId73" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=102635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{813E098E-A0FF-A04A-AF0A-D54BD56D228C}"/>
+    <hyperlink ref="A58" r:id="rId74" xr:uid="{87C7FFF1-3394-4747-9D6B-3F3B39DB7649}"/>
+    <hyperlink ref="A91" r:id="rId75" xr:uid="{18D60B61-EB78-8B4B-96EC-7E470CA9F33A}"/>
+    <hyperlink ref="A99" r:id="rId76" xr:uid="{606C9973-98C4-8F4C-A9E7-1C90E07D480A}"/>
+    <hyperlink ref="A46" r:id="rId77" xr:uid="{F0C5E451-5293-2148-AE22-731593B41F12}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G69"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="49.33203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>683</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>683</v>
       </c>
@@ -22800,75 +22993,75 @@
     <hyperlink ref="A49" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=110379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BD6DC313-842E-3044-8F8A-B7802B88CB7B}"/>
     <hyperlink ref="A50" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107531&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{91E0BEEC-7988-AA42-BB05-F91762964ED9}"/>
     <hyperlink ref="A51" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=56737&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1E54360D-37A4-8448-8367-4C3F00EFCB21}"/>
     <hyperlink ref="A52" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=50231&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8AEA0DB2-BC2F-D54F-9155-0BE14F5D5CDE}"/>
     <hyperlink ref="A53" r:id="rId40" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117422&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D61266AD-52FB-A049-B9AD-2559BF20074D}"/>
     <hyperlink ref="A55" r:id="rId41" xr:uid="{262A08B8-D895-044A-8484-AF08434A3EDC}"/>
     <hyperlink ref="A57" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148402&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A5202F8E-AA36-884A-B192-C2BB3F508966}"/>
     <hyperlink ref="A58" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112685&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6C231CEF-A05C-B344-830E-28F383898688}"/>
     <hyperlink ref="A59" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{7DB96AC2-EA9C-D340-A0EF-0B4629F31B05}"/>
     <hyperlink ref="A61" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106634&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6514F285-0AF3-6643-A689-9C56753ECF57}"/>
     <hyperlink ref="A62" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=143804&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{416D0F47-2384-C649-95A9-39813E140CA4}"/>
     <hyperlink ref="A56" r:id="rId47" xr:uid="{29CDE215-F5EA-824B-9D9D-A43540D577DE}"/>
     <hyperlink ref="A60" r:id="rId48" xr:uid="{CAFA62C7-F2B8-7E44-9852-BBF1E94C711C}"/>
     <hyperlink ref="A65" r:id="rId49" xr:uid="{E37FAECF-D67C-4243-9E9E-5AC87B61E6FB}"/>
     <hyperlink ref="A63" r:id="rId50" xr:uid="{B33B9FE8-992C-7943-9B5D-AE320AB61506}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:G115"/>
+  <dimension ref="A1:G116"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B51" sqref="B51"/>
+    <sheetView topLeftCell="A88" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A113" sqref="A113:XFD113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="74" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>1035</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>1036</v>
       </c>
@@ -24484,98 +24677,115 @@
       </c>
       <c r="D111" s="12">
         <v>2017</v>
       </c>
       <c r="E111" s="32" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="29">
       <c r="A112" s="17" t="s">
         <v>1273</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>1274</v>
       </c>
       <c r="C112" s="9" t="s">
         <v>1293</v>
       </c>
       <c r="D112" s="12">
         <v>1945</v>
       </c>
       <c r="E112" s="32" t="s">
         <v>1275</v>
       </c>
     </row>
-    <row r="113" spans="1:5" ht="29">
+    <row r="113" spans="1:5" ht="16">
       <c r="A113" s="17" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C113" s="9" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D113" s="12" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E113" s="32" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="29">
+      <c r="A114" s="17" t="s">
         <v>2701</v>
       </c>
-      <c r="B113" s="10" t="s">
+      <c r="B114" s="10" t="s">
         <v>2702</v>
       </c>
-      <c r="C113" s="9" t="s">
+      <c r="C114" s="9" t="s">
         <v>2703</v>
       </c>
-      <c r="D113" s="12" t="s">
+      <c r="D114" s="12" t="s">
         <v>2704</v>
       </c>
-      <c r="E113" s="32" t="s">
+      <c r="E114" s="32" t="s">
         <v>2705</v>
       </c>
     </row>
-    <row r="114" spans="1:5" ht="16">
-      <c r="A114" s="17" t="s">
+    <row r="115" spans="1:5" ht="16">
+      <c r="A115" s="17" t="s">
         <v>1285</v>
       </c>
-      <c r="B114" s="10" t="s">
+      <c r="B115" s="10" t="s">
         <v>1286</v>
       </c>
-      <c r="C114" s="9" t="s">
+      <c r="C115" s="9" t="s">
         <v>1299</v>
       </c>
-      <c r="D114" s="12">
+      <c r="D115" s="12">
         <v>1989</v>
       </c>
-      <c r="E114" s="32" t="s">
+      <c r="E115" s="32" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="115" spans="1:5" ht="17" thickBot="1">
-      <c r="A115" s="23" t="s">
+    <row r="116" spans="1:5" ht="17" thickBot="1">
+      <c r="A116" s="23" t="s">
         <v>1288</v>
       </c>
-      <c r="B115" s="24" t="s">
+      <c r="B116" s="24" t="s">
         <v>1289</v>
       </c>
-      <c r="C115" s="29" t="s">
+      <c r="C116" s="29" t="s">
         <v>100</v>
       </c>
-      <c r="D115" s="26">
+      <c r="D116" s="26">
         <v>2002</v>
       </c>
-      <c r="E115" s="33" t="s">
+      <c r="E116" s="33" t="s">
         <v>1290</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" xr:uid="{A2109AB4-86A3-8A44-BC30-6274799F4A9A}"/>
     <hyperlink ref="A11" r:id="rId2" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142181&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{082E94E7-7432-4C45-B204-D557532D1B27}"/>
     <hyperlink ref="A13" r:id="rId3" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=111750&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B0A931C0-ADC5-0E4B-A625-3B17600CF46A}"/>
     <hyperlink ref="A15" r:id="rId4" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=142185&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FE16B6EC-F7EC-D249-8A7D-8DEA72E21F38}"/>
     <hyperlink ref="A17" r:id="rId5" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11521&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3A032FCA-3960-834C-B0A6-07D9AE17ED61}"/>
     <hyperlink ref="A21" r:id="rId6" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119089&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0B35D786-A528-5546-A4F8-21ECEDC620A4}"/>
     <hyperlink ref="A22" r:id="rId7" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=67080&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{02182E02-AE6B-3343-B6AD-6B0140F6F4F8}"/>
     <hyperlink ref="A19" r:id="rId8" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=15375&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C22FCF6D-0251-2C49-8D60-D7CB872629DF}"/>
     <hyperlink ref="A20" r:id="rId9" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=24070&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{19A29271-7B51-A44B-8E0C-2D9CB77DB247}"/>
     <hyperlink ref="A23" r:id="rId10" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=132511&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{D46D4A41-2BD2-E843-BE09-EF22DF627B52}"/>
     <hyperlink ref="A12" r:id="rId11" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60141&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{92FFD6D8-8697-8845-A396-76F294767FF7}"/>
     <hyperlink ref="A9" r:id="rId12" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=10895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3331CC1E-B4AE-2947-90BE-0C835E6D7228}"/>
     <hyperlink ref="A16" r:id="rId13" xr:uid="{8399D145-75AA-0F43-A878-82606E6B56F3}"/>
     <hyperlink ref="A18" r:id="rId14" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66651&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{67C441EF-24E9-4E4C-81AF-C36B4408759D}"/>
     <hyperlink ref="A7" r:id="rId15" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53467&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F65A727F-F293-4D45-A147-9EEE59C38F14}"/>
     <hyperlink ref="A25" r:id="rId16" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=112264&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BE569E73-1286-1248-8E1F-172AB1696750}"/>
     <hyperlink ref="A26" r:id="rId17" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=108133&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B7B91302-9520-614E-AB94-0AC33E6D848A}"/>
@@ -24598,114 +24808,115 @@
     <hyperlink ref="A52" r:id="rId34" xr:uid="{2335E0B9-4CD6-E54A-A7C2-626524FC3CBC}"/>
     <hyperlink ref="A50" r:id="rId35" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121576&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{9F8A9837-5B75-6A45-BCA6-5553AA8FD8B3}"/>
     <hyperlink ref="A54" r:id="rId36" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66620&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{07987262-D42E-EC4A-B7DB-02210EDD2CEA}"/>
     <hyperlink ref="A55" r:id="rId37" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121504&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C8FEC048-D204-9E43-994A-F72B9A5AAC94}"/>
     <hyperlink ref="A56" r:id="rId38" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=71742&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E259FE34-6650-BF4D-8CA7-6AB6CD1135B1}"/>
     <hyperlink ref="A58" r:id="rId39" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11229&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4DE49D43-57DD-9D4A-A4C7-ABCF54B6BA5A}"/>
     <hyperlink ref="A59" r:id="rId40" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63057&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0D9D689C-FBD6-D245-8FC7-C4DFA10296C6}"/>
     <hyperlink ref="A60" r:id="rId41" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=119477&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{FA04FDB7-8847-8C49-A737-149FA37D3407}"/>
     <hyperlink ref="A62" r:id="rId42" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=63916&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8B5D21B7-C878-FE4B-89AC-DF7FA1B29246}"/>
     <hyperlink ref="A63" r:id="rId43" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=66857&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{42B3ED1D-86AB-9A40-BD85-9AB8BD9C98DC}"/>
     <hyperlink ref="A64" r:id="rId44" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107254&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B6A6E21E-44C5-8644-AE0B-8B0B0D48FCFE}"/>
     <hyperlink ref="A66" r:id="rId45" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=113353&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{72C15936-F80F-AC48-BDA2-2B64896D3CC2}"/>
     <hyperlink ref="A27" r:id="rId46" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46308&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E265712A-45A5-E147-9A3C-AB341D4BDF67}"/>
     <hyperlink ref="A71" r:id="rId47" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=133568&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{BE52412E-8614-864F-ACB7-65A1E55193FF}"/>
     <hyperlink ref="A67" r:id="rId48" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=117204&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{449E67CA-566A-2D4C-B2BE-26E6B868C858}"/>
     <hyperlink ref="A69" r:id="rId49" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=60139&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{372A18C5-A160-744D-831E-B6802F58F6BA}"/>
     <hyperlink ref="A73" r:id="rId50" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=68037&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{CE5AC97B-3BC4-384F-9E25-09462B74EE54}"/>
     <hyperlink ref="A75" r:id="rId51" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=121560&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{1C4B1E8F-05CD-9140-B51D-11F0C82DC6B0}"/>
     <hyperlink ref="A103" r:id="rId52" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=46819&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{3BC640FB-A485-8E40-BF54-2D0554B3A2B7}"/>
     <hyperlink ref="A110" r:id="rId53" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=104063&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{32338CDB-8609-564A-A0CF-7286B02F7080}"/>
     <hyperlink ref="A112" r:id="rId54" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=123426&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E26559D3-02B1-F54A-879B-357BFDA6130A}"/>
     <hyperlink ref="A107" r:id="rId55" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=53817&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{F3AFB563-834D-E84F-8945-7C7B57CE5006}"/>
     <hyperlink ref="A108" r:id="rId56" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64864&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A0027856-C5C9-4D48-9FFA-F4304C9F4AEA}"/>
     <hyperlink ref="A109" r:id="rId57" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=3128&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{B506D2E4-53F4-0E46-9844-9607C0782735}"/>
     <hyperlink ref="A111" r:id="rId58" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=129669&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6448BA3B-DD62-F443-9866-F865936788FC}"/>
-    <hyperlink ref="A114" r:id="rId59" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E66A2A2B-2500-8E4B-A8F5-DCD303AA0106}"/>
-    <hyperlink ref="A115" r:id="rId60" xr:uid="{95FE3FA9-00A3-3445-871F-720BADAE8DE5}"/>
+    <hyperlink ref="A115" r:id="rId59" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=64532&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{E66A2A2B-2500-8E4B-A8F5-DCD303AA0106}"/>
+    <hyperlink ref="A116" r:id="rId60" xr:uid="{95FE3FA9-00A3-3445-871F-720BADAE8DE5}"/>
     <hyperlink ref="A48" r:id="rId61" xr:uid="{8D10A679-4F0C-234D-A577-E908C4E00144}"/>
     <hyperlink ref="A14" r:id="rId62" xr:uid="{D188CF8B-B188-4248-B6F0-20B5C576CDE0}"/>
     <hyperlink ref="A70" r:id="rId63" xr:uid="{E8B493AB-B64B-C64E-9BB3-C19E8BF783D2}"/>
     <hyperlink ref="A79" r:id="rId64" xr:uid="{420A7F5F-A27E-B64E-9639-F40AFDAC9A1A}"/>
     <hyperlink ref="A80" r:id="rId65" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=120922&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{6BBCDBC7-6E2A-484B-A166-E56B3B1E072D}"/>
     <hyperlink ref="A82" r:id="rId66" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=109176&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{36124BCE-1BA4-0041-8329-BFACD6970FA0}"/>
     <hyperlink ref="A83" r:id="rId67" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=11226&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{647FB16F-FF2B-C449-AF5F-0B82085BAEB8}"/>
     <hyperlink ref="A84" r:id="rId68" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=97715&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{96286534-0954-D944-8514-B9B8DFB36FC1}"/>
     <hyperlink ref="A85" r:id="rId69" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=103503&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{85737AAE-E74B-064C-BAA1-25ADAA4CCADA}"/>
     <hyperlink ref="A78" r:id="rId70" xr:uid="{221D7602-402D-4E44-A786-74FD8334916B}"/>
     <hyperlink ref="A81" r:id="rId71" xr:uid="{907EEDD4-3143-644B-A860-2D4ECEF83150}"/>
     <hyperlink ref="A89" r:id="rId72" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148152&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4EED54F6-DFAD-F945-BEB9-C4F8DE96E45A}"/>
     <hyperlink ref="A90" r:id="rId73" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118635&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{C88CAE1B-2657-6C4B-9ADA-EB246C78AF48}"/>
     <hyperlink ref="A91" r:id="rId74" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=4379&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DEF6EF47-3266-BD41-92B3-55F38CF49DE5}"/>
     <hyperlink ref="A88" r:id="rId75" display="Dictionnaire économique et social : 100 articles thématiques, 1500 définitions" xr:uid="{3B572493-F20A-4F45-8BD7-C4A2AE0A80C4}"/>
     <hyperlink ref="A87" r:id="rId76" xr:uid="{AF418045-AE60-844B-9B95-9407A04EC7BD}"/>
     <hyperlink ref="A93" r:id="rId77" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=98883&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DDE0A8A3-C455-FB4F-83EC-7875C37931CD}"/>
     <hyperlink ref="A94" r:id="rId78" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=107791&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{A28554D4-883A-FA41-988F-89F8E43A09C5}"/>
     <hyperlink ref="A95" r:id="rId79" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=118284&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{8DE01FFA-412B-7347-8C64-CA776CA2EB61}"/>
     <hyperlink ref="A98" r:id="rId80" xr:uid="{283B2DA5-2A30-1642-9849-B32934CF628E}"/>
     <hyperlink ref="A97" r:id="rId81" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=40515&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{76A5595E-230E-0D4E-9B13-19A4883AD9AD}"/>
     <hyperlink ref="A100" r:id="rId82" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=18895&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{4EDE29B1-0D62-204D-9D92-0DAD1BD5CA63}"/>
     <hyperlink ref="A101" r:id="rId83" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=148323&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{0EAFA4C4-2169-D049-8E57-902F83AD7390}"/>
-    <hyperlink ref="A113" r:id="rId84" xr:uid="{44EB0ACE-5813-4544-B491-1E1C1B990355}"/>
+    <hyperlink ref="A114" r:id="rId84" xr:uid="{44EB0ACE-5813-4544-B491-1E1C1B990355}"/>
     <hyperlink ref="A68" r:id="rId85" xr:uid="{8C8458B5-CD79-2648-9CB9-4ED427329135}"/>
     <hyperlink ref="A106" r:id="rId86" xr:uid="{B30DD7F3-C0A9-3C4B-86A6-9423C180A7A2}"/>
     <hyperlink ref="A51" r:id="rId87" display="https://bu.ices.fr/cgi-bin/koha/opac-detail.pl?biblionumber=106407&amp;query_desc=kw%2Cwrdl%3A%20dictionnaires" xr:uid="{DEF8E50F-BBF4-BD4D-87B9-44AD36576323}"/>
+    <hyperlink ref="A113" r:id="rId88" xr:uid="{0B366B0D-0883-E44B-AB78-1274AB9D60E9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G91"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A91" sqref="A91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="73.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="47.83203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="38.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="96" t="s">
         <v>2567</v>
       </c>
-      <c r="B1" s="89"/>
-[...2 lines deleted...]
-      <c r="E1" s="89"/>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="32">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1303</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>2548</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="14" thickBot="1"/>
     <row r="5" spans="1:7" ht="14">
       <c r="A5" s="14" t="s">
         <v>2567</v>
       </c>